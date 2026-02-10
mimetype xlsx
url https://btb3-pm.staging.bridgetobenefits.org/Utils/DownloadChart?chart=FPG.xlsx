--- v0 (2025-12-18)
+++ v1 (2026-02-10)
@@ -1,297 +1,329 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://childrensdefenseorg-my.sharepoint.com/personal/abellmont_childrensdefense_org/Documents/Desktop/Expense Spreadsheets/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9999CB17-E088-47F6-BFBC-75EE8F75DDE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{052ED8DB-F023-450C-ACD8-EA921E41537F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FPG" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="FPG_2009">FPG!$B$2:$B$25</definedName>
     <definedName name="FPG_2010">FPG!$C$2:$C$25</definedName>
     <definedName name="FPG_2011">FPG!$D$2:$D$25</definedName>
     <definedName name="FPG_2012">FPG!$E$2:$E$25</definedName>
     <definedName name="FPG_FamilySize">FPG!$A$2:$A$25</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B101" i="1" l="1"/>
+  <c r="B43" i="1" l="1"/>
+  <c r="B44" i="1" s="1"/>
+  <c r="B45" i="1" s="1"/>
+  <c r="B46" i="1" s="1"/>
+  <c r="B47" i="1" s="1"/>
+  <c r="B48" i="1" s="1"/>
+  <c r="B49" i="1" s="1"/>
+  <c r="B50" i="1" s="1"/>
+  <c r="B51" i="1" s="1"/>
+  <c r="B52" i="1" s="1"/>
+  <c r="B53" i="1" s="1"/>
+  <c r="B54" i="1" s="1"/>
+  <c r="B55" i="1" s="1"/>
+  <c r="B56" i="1" s="1"/>
+  <c r="B57" i="1" s="1"/>
+  <c r="B58" i="1" s="1"/>
+  <c r="S11" i="1"/>
+  <c r="S12" i="1" s="1"/>
+  <c r="S13" i="1" s="1"/>
+  <c r="S14" i="1" s="1"/>
+  <c r="S15" i="1" s="1"/>
+  <c r="S16" i="1" s="1"/>
+  <c r="S17" i="1" s="1"/>
+  <c r="S18" i="1" s="1"/>
+  <c r="S19" i="1" s="1"/>
+  <c r="S20" i="1" s="1"/>
+  <c r="S21" i="1" s="1"/>
+  <c r="S22" i="1" s="1"/>
+  <c r="S23" i="1" s="1"/>
+  <c r="S24" i="1" s="1"/>
+  <c r="S25" i="1" s="1"/>
+  <c r="S26" i="1" s="1"/>
+  <c r="B101" i="1"/>
   <c r="B102" i="1" s="1"/>
   <c r="B103" i="1" s="1"/>
   <c r="B104" i="1" s="1"/>
   <c r="B105" i="1" s="1"/>
   <c r="B106" i="1" s="1"/>
   <c r="B107" i="1" s="1"/>
   <c r="B108" i="1" s="1"/>
   <c r="B109" i="1" s="1"/>
   <c r="B110" i="1" s="1"/>
   <c r="B111" i="1" s="1"/>
   <c r="B112" i="1" s="1"/>
   <c r="B113" i="1" s="1"/>
   <c r="B114" i="1" s="1"/>
   <c r="B115" i="1" s="1"/>
   <c r="B116" i="1" s="1"/>
   <c r="B72" i="1"/>
   <c r="B73" i="1" s="1"/>
   <c r="B74" i="1" s="1"/>
   <c r="B75" i="1" s="1"/>
   <c r="B76" i="1" s="1"/>
   <c r="B77" i="1" s="1"/>
   <c r="B78" i="1" s="1"/>
   <c r="B79" i="1" s="1"/>
   <c r="B80" i="1" s="1"/>
   <c r="B81" i="1" s="1"/>
   <c r="B82" i="1" s="1"/>
   <c r="B83" i="1" s="1"/>
   <c r="B84" i="1" s="1"/>
   <c r="B85" i="1" s="1"/>
   <c r="B86" i="1" s="1"/>
   <c r="B87" i="1" s="1"/>
-  <c r="B43" i="1"/>
-[...14 lines deleted...]
-  <c r="B58" i="1" s="1"/>
+  <c r="C43" i="1"/>
+  <c r="C44" i="1" s="1"/>
+  <c r="C45" i="1" s="1"/>
+  <c r="C46" i="1" s="1"/>
+  <c r="C47" i="1" s="1"/>
+  <c r="C48" i="1" s="1"/>
+  <c r="C49" i="1" s="1"/>
+  <c r="C50" i="1" s="1"/>
+  <c r="C51" i="1" s="1"/>
+  <c r="C52" i="1" s="1"/>
+  <c r="C53" i="1" s="1"/>
+  <c r="C54" i="1" s="1"/>
+  <c r="C55" i="1" s="1"/>
+  <c r="C56" i="1" s="1"/>
+  <c r="C57" i="1" s="1"/>
+  <c r="C58" i="1" s="1"/>
   <c r="R11" i="1"/>
   <c r="R12" i="1" s="1"/>
   <c r="R13" i="1" s="1"/>
   <c r="R14" i="1" s="1"/>
   <c r="R15" i="1" s="1"/>
   <c r="R16" i="1" s="1"/>
   <c r="R17" i="1" s="1"/>
   <c r="R18" i="1" s="1"/>
   <c r="R19" i="1" s="1"/>
   <c r="R20" i="1" s="1"/>
   <c r="R21" i="1" s="1"/>
   <c r="R22" i="1" s="1"/>
   <c r="R23" i="1" s="1"/>
   <c r="R24" i="1" s="1"/>
   <c r="R25" i="1" s="1"/>
   <c r="R26" i="1" s="1"/>
   <c r="C101" i="1"/>
   <c r="C102" i="1" s="1"/>
   <c r="C103" i="1" s="1"/>
   <c r="C104" i="1" s="1"/>
   <c r="C105" i="1" s="1"/>
   <c r="C106" i="1" s="1"/>
   <c r="C107" i="1" s="1"/>
   <c r="C108" i="1" s="1"/>
   <c r="C109" i="1" s="1"/>
   <c r="C110" i="1" s="1"/>
   <c r="C111" i="1" s="1"/>
   <c r="C112" i="1" s="1"/>
   <c r="C113" i="1" s="1"/>
   <c r="C114" i="1" s="1"/>
   <c r="C115" i="1" s="1"/>
   <c r="C72" i="1"/>
   <c r="C73" i="1" s="1"/>
   <c r="C74" i="1" s="1"/>
   <c r="C75" i="1" s="1"/>
   <c r="C76" i="1" s="1"/>
   <c r="C77" i="1" s="1"/>
   <c r="C78" i="1" s="1"/>
   <c r="C79" i="1" s="1"/>
   <c r="C80" i="1" s="1"/>
   <c r="C81" i="1" s="1"/>
   <c r="C82" i="1" s="1"/>
   <c r="C83" i="1" s="1"/>
   <c r="C84" i="1" s="1"/>
   <c r="C85" i="1" s="1"/>
   <c r="C86" i="1" s="1"/>
   <c r="C87" i="1" s="1"/>
-  <c r="C43" i="1"/>
-[...14 lines deleted...]
-  <c r="C58" i="1" s="1"/>
+  <c r="D43" i="1"/>
+  <c r="D44" i="1" s="1"/>
+  <c r="D45" i="1" s="1"/>
+  <c r="D46" i="1" s="1"/>
+  <c r="D47" i="1" s="1"/>
+  <c r="D48" i="1" s="1"/>
+  <c r="D49" i="1" s="1"/>
+  <c r="D50" i="1" s="1"/>
+  <c r="D51" i="1" s="1"/>
+  <c r="D52" i="1" s="1"/>
+  <c r="D53" i="1" s="1"/>
+  <c r="D54" i="1" s="1"/>
+  <c r="D55" i="1" s="1"/>
+  <c r="D56" i="1" s="1"/>
+  <c r="D57" i="1" s="1"/>
+  <c r="D58" i="1" s="1"/>
   <c r="Q11" i="1"/>
   <c r="Q12" i="1" s="1"/>
   <c r="Q13" i="1" s="1"/>
   <c r="Q14" i="1" s="1"/>
   <c r="Q15" i="1" s="1"/>
   <c r="Q16" i="1" s="1"/>
   <c r="Q17" i="1" s="1"/>
   <c r="Q18" i="1" s="1"/>
   <c r="Q19" i="1" s="1"/>
   <c r="Q20" i="1" s="1"/>
   <c r="Q21" i="1" s="1"/>
   <c r="Q22" i="1" s="1"/>
   <c r="Q23" i="1" s="1"/>
   <c r="Q24" i="1" s="1"/>
   <c r="Q25" i="1" s="1"/>
   <c r="Q26" i="1" s="1"/>
   <c r="D101" i="1"/>
   <c r="D102" i="1" s="1"/>
   <c r="D103" i="1" s="1"/>
   <c r="D104" i="1" s="1"/>
   <c r="D105" i="1" s="1"/>
   <c r="D106" i="1" s="1"/>
   <c r="D107" i="1" s="1"/>
   <c r="D108" i="1" s="1"/>
   <c r="D109" i="1" s="1"/>
   <c r="D110" i="1" s="1"/>
   <c r="D111" i="1" s="1"/>
   <c r="D112" i="1" s="1"/>
   <c r="D113" i="1" s="1"/>
   <c r="D114" i="1" s="1"/>
   <c r="D115" i="1" s="1"/>
   <c r="C116" i="1" s="1"/>
   <c r="D72" i="1"/>
   <c r="D73" i="1" s="1"/>
   <c r="D74" i="1" s="1"/>
   <c r="D75" i="1" s="1"/>
   <c r="D76" i="1" s="1"/>
   <c r="D77" i="1" s="1"/>
   <c r="D78" i="1" s="1"/>
   <c r="D79" i="1" s="1"/>
   <c r="D80" i="1" s="1"/>
   <c r="D81" i="1" s="1"/>
   <c r="D82" i="1" s="1"/>
   <c r="D83" i="1" s="1"/>
   <c r="D84" i="1" s="1"/>
   <c r="D85" i="1" s="1"/>
   <c r="D86" i="1" s="1"/>
   <c r="D87" i="1" s="1"/>
-  <c r="D43" i="1"/>
-[...14 lines deleted...]
-  <c r="D58" i="1" s="1"/>
+  <c r="E43" i="1"/>
+  <c r="E44" i="1" s="1"/>
+  <c r="E45" i="1" s="1"/>
+  <c r="E46" i="1" s="1"/>
+  <c r="E47" i="1" s="1"/>
+  <c r="E48" i="1" s="1"/>
+  <c r="E49" i="1" s="1"/>
+  <c r="E50" i="1" s="1"/>
+  <c r="E51" i="1" s="1"/>
+  <c r="E52" i="1" s="1"/>
+  <c r="E53" i="1" s="1"/>
+  <c r="E54" i="1" s="1"/>
+  <c r="E55" i="1" s="1"/>
+  <c r="E56" i="1" s="1"/>
+  <c r="E57" i="1" s="1"/>
+  <c r="E58" i="1" s="1"/>
   <c r="P11" i="1"/>
   <c r="P12" i="1" s="1"/>
   <c r="P13" i="1" s="1"/>
   <c r="P14" i="1" s="1"/>
   <c r="P15" i="1" s="1"/>
   <c r="P16" i="1" s="1"/>
   <c r="P17" i="1" s="1"/>
   <c r="P18" i="1" s="1"/>
   <c r="P19" i="1" s="1"/>
   <c r="P20" i="1" s="1"/>
   <c r="P21" i="1" s="1"/>
   <c r="P22" i="1" s="1"/>
   <c r="P23" i="1" s="1"/>
   <c r="P24" i="1" s="1"/>
   <c r="P25" i="1" s="1"/>
   <c r="P26" i="1" s="1"/>
-  <c r="E43" i="1"/>
-[...14 lines deleted...]
-  <c r="E58" i="1" s="1"/>
+  <c r="F43" i="1"/>
+  <c r="F44" i="1" s="1"/>
+  <c r="F45" i="1" s="1"/>
+  <c r="F46" i="1" s="1"/>
+  <c r="F47" i="1" s="1"/>
+  <c r="F48" i="1" s="1"/>
+  <c r="F49" i="1" s="1"/>
+  <c r="F50" i="1" s="1"/>
+  <c r="F51" i="1" s="1"/>
+  <c r="F52" i="1" s="1"/>
+  <c r="F53" i="1" s="1"/>
+  <c r="F54" i="1" s="1"/>
+  <c r="F55" i="1" s="1"/>
+  <c r="F56" i="1" s="1"/>
+  <c r="F57" i="1" s="1"/>
+  <c r="F58" i="1" s="1"/>
   <c r="O11" i="1"/>
   <c r="O12" i="1" s="1"/>
   <c r="O13" i="1" s="1"/>
   <c r="O14" i="1" s="1"/>
   <c r="O15" i="1" s="1"/>
   <c r="O16" i="1" s="1"/>
   <c r="O17" i="1" s="1"/>
   <c r="O18" i="1" s="1"/>
   <c r="O19" i="1" s="1"/>
   <c r="O20" i="1" s="1"/>
   <c r="O21" i="1" s="1"/>
   <c r="O22" i="1" s="1"/>
   <c r="O23" i="1" s="1"/>
   <c r="O24" i="1" s="1"/>
   <c r="O25" i="1" s="1"/>
   <c r="O26" i="1" s="1"/>
   <c r="E101" i="1"/>
   <c r="E102" i="1" s="1"/>
   <c r="E103" i="1" s="1"/>
   <c r="E104" i="1" s="1"/>
   <c r="E105" i="1" s="1"/>
   <c r="E106" i="1" s="1"/>
   <c r="E107" i="1" s="1"/>
   <c r="E108" i="1" s="1"/>
   <c r="E109" i="1" s="1"/>
@@ -674,58 +706,58 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="8" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFCCCCCC"/>
       <rgbColor rgb="FF808080"/>
@@ -1071,52 +1103,52 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Z1000"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A83" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="T97" sqref="T97"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E32" sqref="E32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="21.6640625" customWidth="1"/>
     <col min="2" max="13" width="8.88671875" customWidth="1"/>
     <col min="14" max="14" width="12.109375" customWidth="1"/>
     <col min="15" max="15" width="15.44140625" customWidth="1"/>
     <col min="16" max="16" width="8.88671875" customWidth="1"/>
     <col min="17" max="17" width="8.88671875" style="17" customWidth="1"/>
     <col min="18" max="26" width="8.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="1">
         <v>2009</v>
       </c>
       <c r="C1" s="1">
         <v>2010</v>
       </c>
       <c r="D1" s="1">
         <v>2011</v>
       </c>
       <c r="E1" s="1">
@@ -1139,51 +1171,53 @@
       </c>
       <c r="K1" s="1">
         <v>2018</v>
       </c>
       <c r="L1" s="1">
         <v>2019</v>
       </c>
       <c r="M1" s="1">
         <v>2020</v>
       </c>
       <c r="N1" s="1">
         <v>2021</v>
       </c>
       <c r="O1" s="1">
         <v>2022</v>
       </c>
       <c r="P1" s="1">
         <v>2023</v>
       </c>
       <c r="Q1" s="16">
         <v>2024</v>
       </c>
       <c r="R1" s="1">
         <v>2025</v>
       </c>
-      <c r="S1" s="1"/>
+      <c r="S1" s="1">
+        <v>2026</v>
+      </c>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
     <row r="2" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A2" s="1">
         <v>0</v>
       </c>
       <c r="B2">
         <v>6800</v>
       </c>
       <c r="C2">
         <v>7090</v>
       </c>
       <c r="D2">
         <v>7090</v>
       </c>
       <c r="E2">
         <v>7070</v>
       </c>
       <c r="F2">
@@ -1208,50 +1242,53 @@
         <f>K3-4320</f>
         <v>7820</v>
       </c>
       <c r="L2">
         <f>L3-4420</f>
         <v>8070</v>
       </c>
       <c r="M2" s="2">
         <v>8070</v>
       </c>
       <c r="N2" s="2">
         <v>8070</v>
       </c>
       <c r="O2" s="2">
         <v>8070</v>
       </c>
       <c r="P2" s="2">
         <v>8070</v>
       </c>
       <c r="Q2" s="15">
         <v>8070</v>
       </c>
       <c r="R2" s="19">
         <v>8070</v>
       </c>
+      <c r="S2" s="19">
+        <v>8070</v>
+      </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3">
         <v>10400</v>
       </c>
       <c r="C3">
         <v>10830</v>
       </c>
       <c r="D3">
         <v>10830</v>
       </c>
       <c r="E3">
         <v>10890</v>
       </c>
       <c r="F3">
         <v>11170</v>
       </c>
       <c r="G3">
         <v>11490</v>
       </c>
       <c r="H3">
         <v>11670</v>
@@ -1264,50 +1301,53 @@
       </c>
       <c r="K3">
         <v>12140</v>
       </c>
       <c r="L3">
         <v>12490</v>
       </c>
       <c r="M3" s="2">
         <v>12760</v>
       </c>
       <c r="N3" s="2">
         <v>12760</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="P3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="Q3" s="17">
         <v>15060</v>
       </c>
       <c r="R3">
         <v>15650</v>
       </c>
+      <c r="S3">
+        <v>15960</v>
+      </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A4" s="1">
         <v>2</v>
       </c>
       <c r="B4">
         <v>14000</v>
       </c>
       <c r="C4">
         <v>14570</v>
       </c>
       <c r="D4">
         <v>14570</v>
       </c>
       <c r="E4">
         <v>14710</v>
       </c>
       <c r="F4">
         <v>15130</v>
       </c>
       <c r="G4">
         <v>15510</v>
       </c>
       <c r="H4">
         <v>15730</v>
@@ -1320,50 +1360,53 @@
       </c>
       <c r="K4">
         <v>16460</v>
       </c>
       <c r="L4">
         <v>16910</v>
       </c>
       <c r="M4" s="2">
         <v>17240</v>
       </c>
       <c r="N4" s="2">
         <v>17240</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="Q4" s="17">
         <v>20440</v>
       </c>
       <c r="R4">
         <v>21150</v>
       </c>
+      <c r="S4">
+        <v>21640</v>
+      </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A5" s="1">
         <v>3</v>
       </c>
       <c r="B5">
         <v>17600</v>
       </c>
       <c r="C5">
         <v>18310</v>
       </c>
       <c r="D5">
         <v>18310</v>
       </c>
       <c r="E5">
         <v>18530</v>
       </c>
       <c r="F5">
         <v>19090</v>
       </c>
       <c r="G5">
         <v>19530</v>
       </c>
       <c r="H5">
         <v>19790</v>
@@ -1376,50 +1419,53 @@
       </c>
       <c r="K5">
         <v>20780</v>
       </c>
       <c r="L5">
         <v>21330</v>
       </c>
       <c r="M5" s="2">
         <v>21720</v>
       </c>
       <c r="N5" s="2">
         <v>21720</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="17">
         <v>25820</v>
       </c>
       <c r="R5">
         <v>26650</v>
       </c>
+      <c r="S5">
+        <v>27320</v>
+      </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A6" s="1">
         <v>4</v>
       </c>
       <c r="B6">
         <v>21200</v>
       </c>
       <c r="C6">
         <v>22050</v>
       </c>
       <c r="D6">
         <v>22050</v>
       </c>
       <c r="E6">
         <v>22350</v>
       </c>
       <c r="F6">
         <v>23050</v>
       </c>
       <c r="G6">
         <v>23550</v>
       </c>
       <c r="H6">
         <v>23850</v>
@@ -1432,50 +1478,53 @@
       </c>
       <c r="K6">
         <v>25100</v>
       </c>
       <c r="L6">
         <v>25750</v>
       </c>
       <c r="M6" s="2">
         <v>26200</v>
       </c>
       <c r="N6" s="2">
         <v>26200</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>3</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="Q6" s="17">
         <v>31200</v>
       </c>
       <c r="R6">
         <v>32150</v>
       </c>
+      <c r="S6">
+        <v>33000</v>
+      </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A7" s="1">
         <v>5</v>
       </c>
       <c r="B7">
         <v>24800</v>
       </c>
       <c r="C7">
         <v>25790</v>
       </c>
       <c r="D7">
         <v>25790</v>
       </c>
       <c r="E7">
         <v>26170</v>
       </c>
       <c r="F7">
         <v>27010</v>
       </c>
       <c r="G7">
         <v>27570</v>
       </c>
       <c r="H7">
         <v>27910</v>
@@ -1488,50 +1537,53 @@
       </c>
       <c r="K7">
         <v>29420</v>
       </c>
       <c r="L7">
         <v>30170</v>
       </c>
       <c r="M7" s="2">
         <v>30680</v>
       </c>
       <c r="N7" s="2">
         <v>30680</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>4</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q7" s="17">
         <v>36580</v>
       </c>
       <c r="R7">
         <v>37650</v>
       </c>
+      <c r="S7">
+        <v>38680</v>
+      </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A8" s="1">
         <v>6</v>
       </c>
       <c r="B8">
         <v>28400</v>
       </c>
       <c r="C8">
         <v>29530</v>
       </c>
       <c r="D8">
         <v>29530</v>
       </c>
       <c r="E8">
         <v>29990</v>
       </c>
       <c r="F8">
         <v>30970</v>
       </c>
       <c r="G8">
         <v>31590</v>
       </c>
       <c r="H8">
         <v>31970</v>
@@ -1544,50 +1596,53 @@
       </c>
       <c r="K8">
         <v>33740</v>
       </c>
       <c r="L8">
         <v>34590</v>
       </c>
       <c r="M8" s="2">
         <v>35160</v>
       </c>
       <c r="N8" s="2">
         <v>35160</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="Q8" s="18">
         <v>41960</v>
       </c>
       <c r="R8" s="20">
         <v>43150</v>
       </c>
+      <c r="S8">
+        <v>44360</v>
+      </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A9" s="1">
         <v>7</v>
       </c>
       <c r="B9">
         <v>32000</v>
       </c>
       <c r="C9">
         <v>33270</v>
       </c>
       <c r="D9">
         <v>33270</v>
       </c>
       <c r="E9">
         <v>33810</v>
       </c>
       <c r="F9">
         <v>34930</v>
       </c>
       <c r="G9">
         <v>35610</v>
       </c>
       <c r="H9">
         <v>36030</v>
@@ -1600,50 +1655,53 @@
       </c>
       <c r="K9">
         <v>38060</v>
       </c>
       <c r="L9">
         <v>39010</v>
       </c>
       <c r="M9" s="2">
         <v>39640</v>
       </c>
       <c r="N9" s="2">
         <v>39640</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>6</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="Q9" s="18">
         <v>47340</v>
       </c>
       <c r="R9" s="20">
         <v>48650</v>
       </c>
+      <c r="S9">
+        <v>50040</v>
+      </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A10" s="1">
         <v>8</v>
       </c>
       <c r="B10">
         <v>35600</v>
       </c>
       <c r="C10">
         <v>37010</v>
       </c>
       <c r="D10">
         <v>37010</v>
       </c>
       <c r="E10">
         <v>37630</v>
       </c>
       <c r="F10">
         <v>38890</v>
       </c>
       <c r="G10">
         <v>39630</v>
       </c>
       <c r="H10">
         <v>40090</v>
@@ -1656,50 +1714,53 @@
       </c>
       <c r="K10">
         <v>42380</v>
       </c>
       <c r="L10">
         <v>43430</v>
       </c>
       <c r="M10" s="2">
         <v>44120</v>
       </c>
       <c r="N10" s="2">
         <v>44120</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>7</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="Q10" s="18">
         <v>52720</v>
       </c>
       <c r="R10" s="20">
         <v>54150</v>
       </c>
+      <c r="S10">
+        <v>55720</v>
+      </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A11" s="1">
         <v>9</v>
       </c>
       <c r="B11">
         <v>39200</v>
       </c>
       <c r="C11">
         <v>40750</v>
       </c>
       <c r="D11">
         <v>40750</v>
       </c>
       <c r="E11">
         <v>41450</v>
       </c>
       <c r="F11">
         <v>42850</v>
       </c>
       <c r="G11">
         <v>43650</v>
       </c>
       <c r="H11">
         <f t="shared" ref="H11:H25" si="0">4060+H10</f>
@@ -1721,50 +1782,54 @@
         <f t="shared" ref="L11:L26" si="4">4420+L10</f>
         <v>47850</v>
       </c>
       <c r="M11" s="4">
         <v>48600</v>
       </c>
       <c r="N11" s="4">
         <v>48600</v>
       </c>
       <c r="O11" s="4">
         <f t="shared" ref="O11:O26" si="5">O10+4720</f>
         <v>51350</v>
       </c>
       <c r="P11" s="4">
         <f>P10+5140</f>
         <v>55700</v>
       </c>
       <c r="Q11" s="18">
         <f>Q10+5380</f>
         <v>58100</v>
       </c>
       <c r="R11" s="20">
         <f>R10+5500</f>
         <v>59650</v>
       </c>
+      <c r="S11">
+        <f>S10+5680</f>
+        <v>61400</v>
+      </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A12" s="1">
         <v>10</v>
       </c>
       <c r="B12">
         <v>42800</v>
       </c>
       <c r="C12">
         <v>44490</v>
       </c>
       <c r="D12">
         <v>44490</v>
       </c>
       <c r="E12">
         <v>45270</v>
       </c>
       <c r="F12">
         <v>46810</v>
       </c>
       <c r="G12">
         <v>47670</v>
       </c>
       <c r="H12">
         <f t="shared" si="0"/>
@@ -1786,50 +1851,54 @@
         <f t="shared" si="4"/>
         <v>52270</v>
       </c>
       <c r="M12" s="4">
         <v>53080</v>
       </c>
       <c r="N12" s="4">
         <v>53080</v>
       </c>
       <c r="O12" s="4">
         <f t="shared" si="5"/>
         <v>56070</v>
       </c>
       <c r="P12" s="4">
         <f t="shared" ref="P12:P26" si="6">P11+5140</f>
         <v>60840</v>
       </c>
       <c r="Q12" s="18">
         <f t="shared" ref="Q12:Q26" si="7">Q11+5380</f>
         <v>63480</v>
       </c>
       <c r="R12" s="20">
         <f t="shared" ref="R12:R26" si="8">R11+5500</f>
         <v>65150</v>
       </c>
+      <c r="S12">
+        <f t="shared" ref="S12:S26" si="9">S11+5680</f>
+        <v>67080</v>
+      </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A13" s="1">
         <v>11</v>
       </c>
       <c r="B13">
         <v>46400</v>
       </c>
       <c r="C13">
         <v>48230</v>
       </c>
       <c r="D13">
         <v>48230</v>
       </c>
       <c r="E13">
         <v>49090</v>
       </c>
       <c r="F13">
         <v>50770</v>
       </c>
       <c r="G13">
         <v>51690</v>
       </c>
       <c r="H13">
         <f t="shared" si="0"/>
@@ -1851,50 +1920,54 @@
         <f t="shared" si="4"/>
         <v>56690</v>
       </c>
       <c r="M13" s="4">
         <v>57560</v>
       </c>
       <c r="N13" s="4">
         <v>57560</v>
       </c>
       <c r="O13" s="4">
         <f t="shared" si="5"/>
         <v>60790</v>
       </c>
       <c r="P13" s="4">
         <f t="shared" si="6"/>
         <v>65980</v>
       </c>
       <c r="Q13" s="18">
         <f t="shared" si="7"/>
         <v>68860</v>
       </c>
       <c r="R13" s="20">
         <f t="shared" si="8"/>
         <v>70650</v>
       </c>
+      <c r="S13">
+        <f t="shared" si="9"/>
+        <v>72760</v>
+      </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A14" s="1">
         <v>12</v>
       </c>
       <c r="B14">
         <v>50000</v>
       </c>
       <c r="C14">
         <v>51970</v>
       </c>
       <c r="D14">
         <v>51970</v>
       </c>
       <c r="E14">
         <v>52910</v>
       </c>
       <c r="F14">
         <v>54730</v>
       </c>
       <c r="G14">
         <v>55710</v>
       </c>
       <c r="H14">
         <f t="shared" si="0"/>
@@ -1916,50 +1989,54 @@
         <f t="shared" si="4"/>
         <v>61110</v>
       </c>
       <c r="M14" s="4">
         <v>62040</v>
       </c>
       <c r="N14" s="4">
         <v>62040</v>
       </c>
       <c r="O14" s="4">
         <f t="shared" si="5"/>
         <v>65510</v>
       </c>
       <c r="P14" s="4">
         <f t="shared" si="6"/>
         <v>71120</v>
       </c>
       <c r="Q14" s="18">
         <f t="shared" si="7"/>
         <v>74240</v>
       </c>
       <c r="R14" s="20">
         <f t="shared" si="8"/>
         <v>76150</v>
       </c>
+      <c r="S14">
+        <f t="shared" si="9"/>
+        <v>78440</v>
+      </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A15" s="1">
         <v>13</v>
       </c>
       <c r="B15">
         <v>53600</v>
       </c>
       <c r="C15">
         <v>55710</v>
       </c>
       <c r="D15">
         <v>55710</v>
       </c>
       <c r="E15">
         <v>56730</v>
       </c>
       <c r="F15">
         <v>58690</v>
       </c>
       <c r="G15">
         <v>59730</v>
       </c>
       <c r="H15">
         <f t="shared" si="0"/>
@@ -1981,50 +2058,54 @@
         <f t="shared" si="4"/>
         <v>65530</v>
       </c>
       <c r="M15" s="4">
         <v>66520</v>
       </c>
       <c r="N15" s="4">
         <v>66520</v>
       </c>
       <c r="O15" s="4">
         <f t="shared" si="5"/>
         <v>70230</v>
       </c>
       <c r="P15" s="4">
         <f t="shared" si="6"/>
         <v>76260</v>
       </c>
       <c r="Q15" s="18">
         <f t="shared" si="7"/>
         <v>79620</v>
       </c>
       <c r="R15" s="20">
         <f t="shared" si="8"/>
         <v>81650</v>
       </c>
+      <c r="S15">
+        <f t="shared" si="9"/>
+        <v>84120</v>
+      </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A16" s="1">
         <v>14</v>
       </c>
       <c r="B16">
         <v>57200</v>
       </c>
       <c r="C16">
         <v>59450</v>
       </c>
       <c r="D16">
         <v>59450</v>
       </c>
       <c r="E16">
         <v>60550</v>
       </c>
       <c r="F16">
         <v>62650</v>
       </c>
       <c r="G16">
         <v>63750</v>
       </c>
       <c r="H16">
         <f t="shared" si="0"/>
@@ -2046,52 +2127,56 @@
         <f t="shared" si="4"/>
         <v>69950</v>
       </c>
       <c r="M16" s="4">
         <v>71000</v>
       </c>
       <c r="N16" s="4">
         <v>71000</v>
       </c>
       <c r="O16" s="4">
         <f t="shared" si="5"/>
         <v>74950</v>
       </c>
       <c r="P16" s="4">
         <f t="shared" si="6"/>
         <v>81400</v>
       </c>
       <c r="Q16" s="18">
         <f t="shared" si="7"/>
         <v>85000</v>
       </c>
       <c r="R16" s="20">
         <f t="shared" si="8"/>
         <v>87150</v>
       </c>
-    </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="S16">
+        <f t="shared" si="9"/>
+        <v>89800</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A17" s="1">
         <v>15</v>
       </c>
       <c r="B17">
         <v>60800</v>
       </c>
       <c r="C17">
         <v>63190</v>
       </c>
       <c r="D17">
         <v>63190</v>
       </c>
       <c r="E17">
         <v>64370</v>
       </c>
       <c r="F17">
         <v>66610</v>
       </c>
       <c r="G17">
         <v>67770</v>
       </c>
       <c r="H17">
         <f t="shared" si="0"/>
         <v>68510</v>
       </c>
@@ -2111,52 +2196,56 @@
         <f t="shared" si="4"/>
         <v>74370</v>
       </c>
       <c r="M17" s="4">
         <v>75480</v>
       </c>
       <c r="N17" s="4">
         <v>75480</v>
       </c>
       <c r="O17" s="4">
         <f t="shared" si="5"/>
         <v>79670</v>
       </c>
       <c r="P17" s="4">
         <f t="shared" si="6"/>
         <v>86540</v>
       </c>
       <c r="Q17" s="18">
         <f t="shared" si="7"/>
         <v>90380</v>
       </c>
       <c r="R17" s="20">
         <f t="shared" si="8"/>
         <v>92650</v>
       </c>
-    </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="S17">
+        <f t="shared" si="9"/>
+        <v>95480</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A18" s="1">
         <v>16</v>
       </c>
       <c r="B18">
         <v>64400</v>
       </c>
       <c r="C18">
         <v>66930</v>
       </c>
       <c r="D18">
         <v>66930</v>
       </c>
       <c r="E18">
         <v>68190</v>
       </c>
       <c r="F18">
         <v>70570</v>
       </c>
       <c r="G18">
         <v>71790</v>
       </c>
       <c r="H18">
         <f t="shared" si="0"/>
         <v>72570</v>
       </c>
@@ -2176,52 +2265,56 @@
         <f t="shared" si="4"/>
         <v>78790</v>
       </c>
       <c r="M18" s="4">
         <v>79960</v>
       </c>
       <c r="N18" s="4">
         <v>79960</v>
       </c>
       <c r="O18" s="4">
         <f t="shared" si="5"/>
         <v>84390</v>
       </c>
       <c r="P18" s="4">
         <f t="shared" si="6"/>
         <v>91680</v>
       </c>
       <c r="Q18" s="18">
         <f t="shared" si="7"/>
         <v>95760</v>
       </c>
       <c r="R18" s="20">
         <f t="shared" si="8"/>
         <v>98150</v>
       </c>
-    </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="S18">
+        <f t="shared" si="9"/>
+        <v>101160</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A19" s="1">
         <v>17</v>
       </c>
       <c r="B19">
         <v>68000</v>
       </c>
       <c r="C19">
         <v>70670</v>
       </c>
       <c r="D19">
         <v>70670</v>
       </c>
       <c r="E19">
         <v>72010</v>
       </c>
       <c r="F19">
         <v>74530</v>
       </c>
       <c r="G19">
         <v>75810</v>
       </c>
       <c r="H19">
         <f t="shared" si="0"/>
         <v>76630</v>
       </c>
@@ -2241,52 +2334,56 @@
         <f t="shared" si="4"/>
         <v>83210</v>
       </c>
       <c r="M19" s="4">
         <v>84440</v>
       </c>
       <c r="N19" s="4">
         <v>84440</v>
       </c>
       <c r="O19" s="4">
         <f t="shared" si="5"/>
         <v>89110</v>
       </c>
       <c r="P19" s="4">
         <f t="shared" si="6"/>
         <v>96820</v>
       </c>
       <c r="Q19" s="18">
         <f t="shared" si="7"/>
         <v>101140</v>
       </c>
       <c r="R19" s="20">
         <f t="shared" si="8"/>
         <v>103650</v>
       </c>
-    </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="S19">
+        <f t="shared" si="9"/>
+        <v>106840</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A20" s="1">
         <v>18</v>
       </c>
       <c r="B20">
         <v>71600</v>
       </c>
       <c r="C20">
         <v>74410</v>
       </c>
       <c r="D20">
         <v>74410</v>
       </c>
       <c r="E20">
         <v>75830</v>
       </c>
       <c r="F20">
         <v>78490</v>
       </c>
       <c r="G20">
         <v>79830</v>
       </c>
       <c r="H20">
         <f t="shared" si="0"/>
         <v>80690</v>
       </c>
@@ -2306,52 +2403,56 @@
         <f t="shared" si="4"/>
         <v>87630</v>
       </c>
       <c r="M20" s="4">
         <v>88920</v>
       </c>
       <c r="N20" s="4">
         <v>88920</v>
       </c>
       <c r="O20" s="4">
         <f t="shared" si="5"/>
         <v>93830</v>
       </c>
       <c r="P20" s="4">
         <f t="shared" si="6"/>
         <v>101960</v>
       </c>
       <c r="Q20" s="18">
         <f t="shared" si="7"/>
         <v>106520</v>
       </c>
       <c r="R20" s="20">
         <f t="shared" si="8"/>
         <v>109150</v>
       </c>
-    </row>
-    <row r="21" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="S20">
+        <f t="shared" si="9"/>
+        <v>112520</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1">
         <v>19</v>
       </c>
       <c r="B21">
         <v>75200</v>
       </c>
       <c r="C21">
         <v>78150</v>
       </c>
       <c r="D21">
         <v>78150</v>
       </c>
       <c r="E21">
         <v>79650</v>
       </c>
       <c r="F21">
         <v>82450</v>
       </c>
       <c r="G21">
         <v>83850</v>
       </c>
       <c r="H21">
         <f t="shared" si="0"/>
         <v>84750</v>
       </c>
@@ -2371,52 +2472,56 @@
         <f t="shared" si="4"/>
         <v>92050</v>
       </c>
       <c r="M21" s="4">
         <v>93400</v>
       </c>
       <c r="N21" s="4">
         <v>93400</v>
       </c>
       <c r="O21" s="4">
         <f t="shared" si="5"/>
         <v>98550</v>
       </c>
       <c r="P21" s="4">
         <f t="shared" si="6"/>
         <v>107100</v>
       </c>
       <c r="Q21" s="18">
         <f t="shared" si="7"/>
         <v>111900</v>
       </c>
       <c r="R21" s="20">
         <f t="shared" si="8"/>
         <v>114650</v>
       </c>
-    </row>
-    <row r="22" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="S21">
+        <f t="shared" si="9"/>
+        <v>118200</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1">
         <v>20</v>
       </c>
       <c r="B22">
         <v>78800</v>
       </c>
       <c r="C22">
         <v>81890</v>
       </c>
       <c r="D22">
         <v>81890</v>
       </c>
       <c r="E22">
         <v>83470</v>
       </c>
       <c r="F22">
         <v>86410</v>
       </c>
       <c r="G22">
         <v>87870</v>
       </c>
       <c r="H22">
         <f t="shared" si="0"/>
         <v>88810</v>
       </c>
@@ -2436,52 +2541,56 @@
         <f t="shared" si="4"/>
         <v>96470</v>
       </c>
       <c r="M22" s="4">
         <v>97880</v>
       </c>
       <c r="N22" s="4">
         <v>97880</v>
       </c>
       <c r="O22" s="4">
         <f t="shared" si="5"/>
         <v>103270</v>
       </c>
       <c r="P22" s="4">
         <f t="shared" si="6"/>
         <v>112240</v>
       </c>
       <c r="Q22" s="18">
         <f t="shared" si="7"/>
         <v>117280</v>
       </c>
       <c r="R22" s="20">
         <f t="shared" si="8"/>
         <v>120150</v>
       </c>
-    </row>
-    <row r="23" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="S22">
+        <f t="shared" si="9"/>
+        <v>123880</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1">
         <v>21</v>
       </c>
       <c r="B23">
         <v>82400</v>
       </c>
       <c r="C23">
         <v>85630</v>
       </c>
       <c r="D23">
         <v>85630</v>
       </c>
       <c r="E23">
         <v>87290</v>
       </c>
       <c r="F23">
         <v>90370</v>
       </c>
       <c r="G23">
         <v>91890</v>
       </c>
       <c r="H23">
         <f t="shared" si="0"/>
         <v>92870</v>
       </c>
@@ -2501,52 +2610,56 @@
         <f t="shared" si="4"/>
         <v>100890</v>
       </c>
       <c r="M23" s="4">
         <v>102360</v>
       </c>
       <c r="N23" s="4">
         <v>102360</v>
       </c>
       <c r="O23" s="4">
         <f t="shared" si="5"/>
         <v>107990</v>
       </c>
       <c r="P23" s="4">
         <f t="shared" si="6"/>
         <v>117380</v>
       </c>
       <c r="Q23" s="18">
         <f t="shared" si="7"/>
         <v>122660</v>
       </c>
       <c r="R23" s="20">
         <f t="shared" si="8"/>
         <v>125650</v>
       </c>
-    </row>
-    <row r="24" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="S23">
+        <f t="shared" si="9"/>
+        <v>129560</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1">
         <v>22</v>
       </c>
       <c r="B24">
         <v>86000</v>
       </c>
       <c r="C24">
         <v>89370</v>
       </c>
       <c r="D24">
         <v>89370</v>
       </c>
       <c r="E24">
         <v>91110</v>
       </c>
       <c r="F24">
         <v>94330</v>
       </c>
       <c r="G24">
         <v>95910</v>
       </c>
       <c r="H24">
         <f t="shared" si="0"/>
         <v>96930</v>
       </c>
@@ -2566,52 +2679,56 @@
         <f t="shared" si="4"/>
         <v>105310</v>
       </c>
       <c r="M24" s="4">
         <v>106840</v>
       </c>
       <c r="N24" s="4">
         <v>106840</v>
       </c>
       <c r="O24" s="4">
         <f t="shared" si="5"/>
         <v>112710</v>
       </c>
       <c r="P24" s="4">
         <f t="shared" si="6"/>
         <v>122520</v>
       </c>
       <c r="Q24" s="18">
         <f t="shared" si="7"/>
         <v>128040</v>
       </c>
       <c r="R24" s="20">
         <f t="shared" si="8"/>
         <v>131150</v>
       </c>
-    </row>
-    <row r="25" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="S24">
+        <f t="shared" si="9"/>
+        <v>135240</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1">
         <v>23</v>
       </c>
       <c r="B25">
         <v>89600</v>
       </c>
       <c r="C25">
         <v>93110</v>
       </c>
       <c r="D25">
         <v>93110</v>
       </c>
       <c r="E25">
         <v>94930</v>
       </c>
       <c r="F25">
         <v>98290</v>
       </c>
       <c r="G25">
         <v>99930</v>
       </c>
       <c r="H25">
         <f t="shared" si="0"/>
         <v>100990</v>
       </c>
@@ -2631,1714 +2748,1816 @@
         <f t="shared" si="4"/>
         <v>109730</v>
       </c>
       <c r="M25" s="4">
         <v>111320</v>
       </c>
       <c r="N25" s="4">
         <v>111320</v>
       </c>
       <c r="O25" s="4">
         <f t="shared" si="5"/>
         <v>117430</v>
       </c>
       <c r="P25" s="4">
         <f t="shared" si="6"/>
         <v>127660</v>
       </c>
       <c r="Q25" s="18">
         <f t="shared" si="7"/>
         <v>133420</v>
       </c>
       <c r="R25" s="20">
         <f t="shared" si="8"/>
         <v>136650</v>
       </c>
-    </row>
-    <row r="26" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="S25">
+        <f t="shared" si="9"/>
+        <v>140920</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1">
         <v>24</v>
       </c>
       <c r="K26">
         <f t="shared" si="3"/>
         <v>111500</v>
       </c>
       <c r="L26">
         <f t="shared" si="4"/>
         <v>114150</v>
       </c>
       <c r="M26" s="4">
         <v>115800</v>
       </c>
       <c r="N26" s="4">
         <v>115800</v>
       </c>
       <c r="O26" s="4">
         <f t="shared" si="5"/>
         <v>122150</v>
       </c>
       <c r="P26" s="4">
         <f t="shared" si="6"/>
         <v>132800</v>
       </c>
       <c r="Q26" s="18">
         <f t="shared" si="7"/>
         <v>138800</v>
       </c>
       <c r="R26" s="20">
         <f t="shared" si="8"/>
         <v>142150</v>
       </c>
-    </row>
-    <row r="27" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="S26">
+        <f t="shared" si="9"/>
+        <v>146600</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1"/>
     </row>
-    <row r="28" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1"/>
     </row>
-    <row r="29" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1"/>
     </row>
-    <row r="30" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="21" t="s">
+    <row r="30" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="B30" s="21"/>
-[...11 lines deleted...]
-    <row r="31" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="22"/>
+      <c r="C30" s="22"/>
+      <c r="D30" s="22"/>
+      <c r="E30" s="22"/>
+      <c r="F30" s="22"/>
+      <c r="G30" s="22"/>
+      <c r="H30" s="22"/>
+      <c r="I30" s="22"/>
+      <c r="J30" s="22"/>
+      <c r="K30" s="22"/>
+      <c r="L30" s="22"/>
+    </row>
+    <row r="31" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="5"/>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="5"/>
       <c r="J31" s="5"/>
       <c r="K31" s="5"/>
       <c r="L31" s="5"/>
     </row>
-    <row r="32" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="22" t="s">
+    <row r="32" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="B32" s="22"/>
+      <c r="B32" s="23"/>
       <c r="C32" s="5"/>
       <c r="D32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="5"/>
       <c r="G32" s="5"/>
       <c r="H32" s="5"/>
       <c r="I32" s="5"/>
       <c r="J32" s="5"/>
       <c r="K32" s="5"/>
       <c r="L32" s="5"/>
     </row>
-    <row r="33" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="1">
+        <v>2026</v>
+      </c>
+      <c r="C33" s="1">
         <v>2025</v>
       </c>
-      <c r="C33" s="16">
+      <c r="D33" s="16">
         <v>2024</v>
       </c>
-      <c r="D33" s="1">
+      <c r="E33" s="1">
         <v>2023</v>
       </c>
-      <c r="E33" s="1">
+      <c r="F33" s="1">
         <v>2022</v>
       </c>
-      <c r="F33" s="7">
+      <c r="G33" s="7">
         <v>2021</v>
       </c>
-      <c r="G33" s="7">
+      <c r="H33" s="7">
         <v>2020</v>
       </c>
-      <c r="H33" s="7">
+      <c r="I33" s="7">
         <v>2019</v>
       </c>
-      <c r="I33" s="8">
+      <c r="J33" s="8">
         <v>2018</v>
       </c>
-      <c r="J33" s="9">
+      <c r="K33" s="9">
         <v>2017</v>
       </c>
-      <c r="K33" s="9">
+      <c r="L33" s="9">
         <v>2016</v>
       </c>
-      <c r="L33" s="9">
+      <c r="M33" s="9">
         <v>2015</v>
       </c>
-      <c r="M33" s="9">
+      <c r="N33" s="9">
         <v>2014</v>
       </c>
-      <c r="N33" s="9">
+      <c r="O33" s="9">
         <v>2013</v>
       </c>
-      <c r="O33" s="9">
+      <c r="P33" s="9">
         <v>2012</v>
       </c>
-      <c r="P33" s="9">
+      <c r="Q33" s="9">
         <v>2011</v>
       </c>
-      <c r="Q33" s="9">
+      <c r="R33" s="9">
         <v>2010</v>
       </c>
-      <c r="R33" s="9">
+      <c r="S33" s="9">
         <v>2009</v>
       </c>
-      <c r="S33" s="17"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T33" s="17"/>
+    </row>
+    <row r="34" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="9">
         <v>0</v>
       </c>
       <c r="B34" s="19">
         <v>8070</v>
       </c>
-      <c r="C34" s="15">
+      <c r="C34" s="19">
         <v>8070</v>
       </c>
-      <c r="D34" s="2">
+      <c r="D34" s="15">
         <v>8070</v>
       </c>
       <c r="E34" s="2">
         <v>8070</v>
       </c>
       <c r="F34" s="2">
         <v>8070</v>
       </c>
       <c r="G34" s="2">
         <v>8070</v>
       </c>
-      <c r="H34" s="10">
+      <c r="H34" s="2">
         <v>8070</v>
       </c>
-      <c r="I34" s="11">
+      <c r="I34" s="10">
+        <v>8070</v>
+      </c>
+      <c r="J34" s="11">
         <v>7820</v>
-      </c>
-[...1 lines deleted...]
-        <v>7880</v>
       </c>
       <c r="K34" s="12">
         <v>7880</v>
       </c>
       <c r="L34" s="12">
+        <v>7880</v>
+      </c>
+      <c r="M34" s="12">
         <v>7610</v>
       </c>
-      <c r="M34" s="12">
+      <c r="N34" s="12">
         <v>7470</v>
       </c>
-      <c r="N34" s="12">
+      <c r="O34" s="12">
         <v>7210</v>
       </c>
-      <c r="O34" s="12">
+      <c r="P34" s="12">
         <v>7070</v>
-      </c>
-[...1 lines deleted...]
-        <v>7090</v>
       </c>
       <c r="Q34" s="12">
         <v>7090</v>
       </c>
       <c r="R34" s="12">
+        <v>7090</v>
+      </c>
+      <c r="S34" s="12">
         <v>6800</v>
       </c>
-      <c r="S34" s="17"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T34" s="17"/>
+    </row>
+    <row r="35" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="9">
         <v>1</v>
       </c>
       <c r="B35">
+        <v>15960</v>
+      </c>
+      <c r="C35">
         <v>15650</v>
       </c>
-      <c r="C35" s="17">
+      <c r="D35" s="17">
         <v>15060</v>
       </c>
-      <c r="D35" s="3" t="s">
+      <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E35" s="3" t="s">
+      <c r="F35" s="3" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>12760</v>
       </c>
       <c r="G35" s="2">
         <v>12760</v>
       </c>
-      <c r="H35" s="10">
+      <c r="H35" s="2">
+        <v>12760</v>
+      </c>
+      <c r="I35" s="10">
         <v>12490</v>
       </c>
-      <c r="I35" s="11">
+      <c r="J35" s="11">
         <v>12140</v>
-      </c>
-[...1 lines deleted...]
-        <v>12060</v>
       </c>
       <c r="K35" s="12">
         <v>12060</v>
       </c>
       <c r="L35" s="12">
+        <v>12060</v>
+      </c>
+      <c r="M35" s="12">
         <v>11670</v>
       </c>
-      <c r="M35" s="12">
+      <c r="N35" s="12">
         <v>11490</v>
       </c>
-      <c r="N35" s="12">
+      <c r="O35" s="12">
         <v>11170</v>
       </c>
-      <c r="O35" s="12">
+      <c r="P35" s="12">
         <v>10890</v>
-      </c>
-[...1 lines deleted...]
-        <v>10830</v>
       </c>
       <c r="Q35" s="12">
         <v>10830</v>
       </c>
       <c r="R35" s="12">
+        <v>10830</v>
+      </c>
+      <c r="S35" s="12">
         <v>10400</v>
       </c>
-      <c r="S35" s="17"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T35" s="17"/>
+    </row>
+    <row r="36" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="9">
         <v>2</v>
       </c>
       <c r="B36">
+        <v>21640</v>
+      </c>
+      <c r="C36">
         <v>21150</v>
       </c>
-      <c r="C36" s="17">
+      <c r="D36" s="17">
         <v>20440</v>
       </c>
-      <c r="D36" s="3" t="s">
+      <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="E36" s="3" t="s">
+      <c r="F36" s="3" t="s">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>17240</v>
       </c>
       <c r="G36" s="2">
         <v>17240</v>
       </c>
-      <c r="H36" s="10">
+      <c r="H36" s="2">
+        <v>17240</v>
+      </c>
+      <c r="I36" s="10">
         <v>16910</v>
       </c>
-      <c r="I36" s="11">
+      <c r="J36" s="11">
         <v>16460</v>
-      </c>
-[...1 lines deleted...]
-        <v>16240</v>
       </c>
       <c r="K36" s="12">
         <v>16240</v>
       </c>
       <c r="L36" s="12">
+        <v>16240</v>
+      </c>
+      <c r="M36" s="12">
         <v>15730</v>
       </c>
-      <c r="M36" s="12">
+      <c r="N36" s="12">
         <v>15510</v>
       </c>
-      <c r="N36" s="12">
+      <c r="O36" s="12">
         <v>15130</v>
       </c>
-      <c r="O36" s="12">
+      <c r="P36" s="12">
         <v>14710</v>
-      </c>
-[...1 lines deleted...]
-        <v>14570</v>
       </c>
       <c r="Q36" s="12">
         <v>14570</v>
       </c>
       <c r="R36" s="12">
+        <v>14570</v>
+      </c>
+      <c r="S36" s="12">
         <v>14000</v>
       </c>
-      <c r="S36" s="17"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T36" s="17"/>
+    </row>
+    <row r="37" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="9">
         <v>3</v>
       </c>
       <c r="B37">
+        <v>27320</v>
+      </c>
+      <c r="C37">
         <v>26650</v>
       </c>
-      <c r="C37" s="17">
+      <c r="D37" s="17">
         <v>25820</v>
       </c>
-      <c r="D37" s="3" t="s">
+      <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E37" s="3" t="s">
+      <c r="F37" s="3" t="s">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>21720</v>
       </c>
       <c r="G37" s="2">
         <v>21720</v>
       </c>
-      <c r="H37" s="10">
+      <c r="H37" s="2">
+        <v>21720</v>
+      </c>
+      <c r="I37" s="10">
         <v>21330</v>
       </c>
-      <c r="I37" s="11">
+      <c r="J37" s="11">
         <v>20780</v>
-      </c>
-[...1 lines deleted...]
-        <v>20420</v>
       </c>
       <c r="K37" s="12">
         <v>20420</v>
       </c>
       <c r="L37" s="12">
+        <v>20420</v>
+      </c>
+      <c r="M37" s="12">
         <v>19790</v>
       </c>
-      <c r="M37" s="12">
+      <c r="N37" s="12">
         <v>19530</v>
       </c>
-      <c r="N37" s="12">
+      <c r="O37" s="12">
         <v>19090</v>
       </c>
-      <c r="O37" s="12">
+      <c r="P37" s="12">
         <v>18530</v>
-      </c>
-[...1 lines deleted...]
-        <v>18310</v>
       </c>
       <c r="Q37" s="12">
         <v>18310</v>
       </c>
       <c r="R37" s="12">
+        <v>18310</v>
+      </c>
+      <c r="S37" s="12">
         <v>17600</v>
       </c>
-      <c r="S37" s="17"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T37" s="17"/>
+    </row>
+    <row r="38" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="9">
         <v>4</v>
       </c>
       <c r="B38">
+        <v>33000</v>
+      </c>
+      <c r="C38">
         <v>32150</v>
       </c>
-      <c r="C38" s="17">
+      <c r="D38" s="17">
         <v>31200</v>
       </c>
-      <c r="D38" s="3" t="s">
+      <c r="E38" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E38" s="3" t="s">
+      <c r="F38" s="3" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>26200</v>
       </c>
       <c r="G38" s="2">
         <v>26200</v>
       </c>
-      <c r="H38" s="10">
+      <c r="H38" s="2">
+        <v>26200</v>
+      </c>
+      <c r="I38" s="10">
         <v>25750</v>
       </c>
-      <c r="I38" s="11">
+      <c r="J38" s="11">
         <v>25100</v>
-      </c>
-[...1 lines deleted...]
-        <v>24600</v>
       </c>
       <c r="K38" s="12">
         <v>24600</v>
       </c>
       <c r="L38" s="12">
+        <v>24600</v>
+      </c>
+      <c r="M38" s="12">
         <v>23850</v>
       </c>
-      <c r="M38" s="12">
+      <c r="N38" s="12">
         <v>23550</v>
       </c>
-      <c r="N38" s="12">
+      <c r="O38" s="12">
         <v>23050</v>
       </c>
-      <c r="O38" s="12">
+      <c r="P38" s="12">
         <v>22350</v>
-      </c>
-[...1 lines deleted...]
-        <v>22050</v>
       </c>
       <c r="Q38" s="12">
         <v>22050</v>
       </c>
       <c r="R38" s="12">
+        <v>22050</v>
+      </c>
+      <c r="S38" s="12">
         <v>21200</v>
       </c>
-      <c r="S38" s="17"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T38" s="17"/>
+    </row>
+    <row r="39" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="9">
         <v>5</v>
       </c>
       <c r="B39">
+        <v>38680</v>
+      </c>
+      <c r="C39">
         <v>37650</v>
       </c>
-      <c r="C39" s="17">
+      <c r="D39" s="17">
         <v>36580</v>
       </c>
-      <c r="D39" s="3" t="s">
+      <c r="E39" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="E39" s="3" t="s">
+      <c r="F39" s="3" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>30680</v>
       </c>
       <c r="G39" s="2">
         <v>30680</v>
       </c>
-      <c r="H39" s="10">
+      <c r="H39" s="2">
+        <v>30680</v>
+      </c>
+      <c r="I39" s="10">
         <v>30170</v>
       </c>
-      <c r="I39" s="11">
+      <c r="J39" s="11">
         <v>29420</v>
-      </c>
-[...1 lines deleted...]
-        <v>28780</v>
       </c>
       <c r="K39" s="12">
         <v>28780</v>
       </c>
       <c r="L39" s="12">
+        <v>28780</v>
+      </c>
+      <c r="M39" s="12">
         <v>27910</v>
       </c>
-      <c r="M39" s="12">
+      <c r="N39" s="12">
         <v>27570</v>
       </c>
-      <c r="N39" s="12">
+      <c r="O39" s="12">
         <v>27010</v>
       </c>
-      <c r="O39" s="12">
+      <c r="P39" s="12">
         <v>26170</v>
-      </c>
-[...1 lines deleted...]
-        <v>25790</v>
       </c>
       <c r="Q39" s="12">
         <v>25790</v>
       </c>
       <c r="R39" s="12">
+        <v>25790</v>
+      </c>
+      <c r="S39" s="12">
         <v>24800</v>
       </c>
-      <c r="S39" s="17"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T39" s="17"/>
+    </row>
+    <row r="40" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="9">
         <v>6</v>
       </c>
-      <c r="B40" s="20">
+      <c r="B40">
+        <v>44360</v>
+      </c>
+      <c r="C40" s="20">
         <v>43150</v>
       </c>
-      <c r="C40" s="18">
+      <c r="D40" s="18">
         <v>41960</v>
       </c>
-      <c r="D40" s="3" t="s">
+      <c r="E40" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E40" s="3" t="s">
+      <c r="F40" s="3" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>35160</v>
       </c>
       <c r="G40" s="2">
         <v>35160</v>
       </c>
-      <c r="H40" s="10">
+      <c r="H40" s="2">
+        <v>35160</v>
+      </c>
+      <c r="I40" s="10">
         <v>34590</v>
       </c>
-      <c r="I40" s="11">
+      <c r="J40" s="11">
         <v>33740</v>
-      </c>
-[...1 lines deleted...]
-        <v>32960</v>
       </c>
       <c r="K40" s="12">
         <v>32960</v>
       </c>
       <c r="L40" s="12">
+        <v>32960</v>
+      </c>
+      <c r="M40" s="12">
         <v>31970</v>
       </c>
-      <c r="M40" s="12">
+      <c r="N40" s="12">
         <v>31590</v>
       </c>
-      <c r="N40" s="12">
+      <c r="O40" s="12">
         <v>30970</v>
       </c>
-      <c r="O40" s="12">
+      <c r="P40" s="12">
         <v>29990</v>
-      </c>
-[...1 lines deleted...]
-        <v>29530</v>
       </c>
       <c r="Q40" s="12">
         <v>29530</v>
       </c>
       <c r="R40" s="12">
+        <v>29530</v>
+      </c>
+      <c r="S40" s="12">
         <v>28400</v>
       </c>
-      <c r="S40" s="17"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T40" s="17"/>
+    </row>
+    <row r="41" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="9">
         <v>7</v>
       </c>
-      <c r="B41" s="20">
+      <c r="B41">
+        <v>50040</v>
+      </c>
+      <c r="C41" s="20">
         <v>48650</v>
       </c>
-      <c r="C41" s="18">
+      <c r="D41" s="18">
         <v>47340</v>
       </c>
-      <c r="D41" s="3" t="s">
+      <c r="E41" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>39640</v>
       </c>
       <c r="G41" s="2">
         <v>39640</v>
       </c>
-      <c r="H41" s="10">
+      <c r="H41" s="2">
+        <v>39640</v>
+      </c>
+      <c r="I41" s="10">
         <v>39010</v>
       </c>
-      <c r="I41" s="11">
+      <c r="J41" s="11">
         <v>38060</v>
-      </c>
-[...1 lines deleted...]
-        <v>37140</v>
       </c>
       <c r="K41" s="12">
         <v>37140</v>
       </c>
       <c r="L41" s="12">
+        <v>37140</v>
+      </c>
+      <c r="M41" s="12">
         <v>36030</v>
       </c>
-      <c r="M41" s="12">
+      <c r="N41" s="12">
         <v>35610</v>
       </c>
-      <c r="N41" s="12">
+      <c r="O41" s="12">
         <v>34930</v>
       </c>
-      <c r="O41" s="12">
+      <c r="P41" s="12">
         <v>33810</v>
-      </c>
-[...1 lines deleted...]
-        <v>33270</v>
       </c>
       <c r="Q41" s="12">
         <v>33270</v>
       </c>
       <c r="R41" s="12">
+        <v>33270</v>
+      </c>
+      <c r="S41" s="12">
         <v>32000</v>
       </c>
-      <c r="S41" s="17"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T41" s="17"/>
+    </row>
+    <row r="42" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="9">
         <v>8</v>
       </c>
-      <c r="B42" s="20">
+      <c r="B42">
+        <v>55720</v>
+      </c>
+      <c r="C42" s="20">
         <v>54150</v>
       </c>
-      <c r="C42" s="18">
+      <c r="D42" s="18">
         <v>52720</v>
       </c>
-      <c r="D42" s="3" t="s">
+      <c r="E42" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E42" s="3" t="s">
+      <c r="F42" s="3" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>44120</v>
       </c>
       <c r="G42" s="2">
         <v>44120</v>
       </c>
-      <c r="H42" s="10">
+      <c r="H42" s="2">
+        <v>44120</v>
+      </c>
+      <c r="I42" s="10">
         <v>43430</v>
       </c>
-      <c r="I42" s="11">
+      <c r="J42" s="11">
         <v>42380</v>
-      </c>
-[...1 lines deleted...]
-        <v>41320</v>
       </c>
       <c r="K42" s="12">
         <v>41320</v>
       </c>
       <c r="L42" s="12">
+        <v>41320</v>
+      </c>
+      <c r="M42" s="12">
         <v>40090</v>
       </c>
-      <c r="M42" s="12">
+      <c r="N42" s="12">
         <v>39630</v>
       </c>
-      <c r="N42" s="12">
+      <c r="O42" s="12">
         <v>38890</v>
       </c>
-      <c r="O42" s="12">
+      <c r="P42" s="12">
         <v>37630</v>
-      </c>
-[...1 lines deleted...]
-        <v>37010</v>
       </c>
       <c r="Q42" s="12">
         <v>37010</v>
       </c>
       <c r="R42" s="12">
+        <v>37010</v>
+      </c>
+      <c r="S42" s="12">
         <v>35600</v>
       </c>
-      <c r="S42" s="17"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T42" s="17"/>
+    </row>
+    <row r="43" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="9">
         <v>9</v>
       </c>
-      <c r="B43" s="20">
-        <f>B42+5500</f>
+      <c r="B43">
+        <f>B42+5680</f>
+        <v>61400</v>
+      </c>
+      <c r="C43" s="20">
+        <f>C42+5500</f>
         <v>59650</v>
       </c>
-      <c r="C43" s="18">
-        <f>C42+5380</f>
+      <c r="D43" s="18">
+        <f>D42+5380</f>
         <v>58100</v>
       </c>
-      <c r="D43" s="4">
-        <f>D42+5140</f>
+      <c r="E43" s="4">
+        <f>E42+5140</f>
         <v>55700</v>
       </c>
-      <c r="E43" s="4">
-        <f t="shared" ref="E43:E58" si="9">E42+4720</f>
+      <c r="F43" s="4">
+        <f t="shared" ref="F43:F58" si="10">F42+4720</f>
         <v>51350</v>
-      </c>
-[...1 lines deleted...]
-        <v>48600</v>
       </c>
       <c r="G43" s="4">
         <v>48600</v>
       </c>
-      <c r="H43" s="10">
+      <c r="H43" s="4">
+        <v>48600</v>
+      </c>
+      <c r="I43" s="10">
         <v>47850</v>
       </c>
-      <c r="I43" s="11">
+      <c r="J43" s="11">
         <v>46700</v>
-      </c>
-[...1 lines deleted...]
-        <v>45500</v>
       </c>
       <c r="K43" s="12">
         <v>45500</v>
       </c>
       <c r="L43" s="12">
+        <v>45500</v>
+      </c>
+      <c r="M43" s="12">
         <v>44150</v>
       </c>
-      <c r="M43" s="12">
+      <c r="N43" s="12">
         <v>43650</v>
       </c>
-      <c r="N43" s="12">
+      <c r="O43" s="12">
         <v>42850</v>
       </c>
-      <c r="O43" s="12">
+      <c r="P43" s="12">
         <v>41450</v>
-      </c>
-[...1 lines deleted...]
-        <v>40750</v>
       </c>
       <c r="Q43" s="12">
         <v>40750</v>
       </c>
       <c r="R43" s="12">
+        <v>40750</v>
+      </c>
+      <c r="S43" s="12">
         <v>39200</v>
       </c>
-      <c r="S43" s="17"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T43" s="17"/>
+    </row>
+    <row r="44" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="9">
         <v>10</v>
       </c>
-      <c r="B44" s="20">
-        <f t="shared" ref="B44:B58" si="10">B43+5500</f>
+      <c r="B44">
+        <f t="shared" ref="B44:B58" si="11">B43+5680</f>
+        <v>67080</v>
+      </c>
+      <c r="C44" s="20">
+        <f t="shared" ref="C44:C58" si="12">C43+5500</f>
         <v>65150</v>
       </c>
-      <c r="C44" s="18">
-        <f t="shared" ref="C44:C58" si="11">C43+5380</f>
+      <c r="D44" s="18">
+        <f t="shared" ref="D44:D58" si="13">D43+5380</f>
         <v>63480</v>
       </c>
-      <c r="D44" s="4">
-        <f t="shared" ref="D44:D58" si="12">D43+5140</f>
+      <c r="E44" s="4">
+        <f t="shared" ref="E44:E58" si="14">E43+5140</f>
         <v>60840</v>
       </c>
-      <c r="E44" s="4">
-        <f t="shared" si="9"/>
+      <c r="F44" s="4">
+        <f t="shared" si="10"/>
         <v>56070</v>
-      </c>
-[...1 lines deleted...]
-        <v>53080</v>
       </c>
       <c r="G44" s="4">
         <v>53080</v>
       </c>
-      <c r="H44" s="10">
+      <c r="H44" s="4">
+        <v>53080</v>
+      </c>
+      <c r="I44" s="10">
         <v>52270</v>
       </c>
-      <c r="I44" s="11">
+      <c r="J44" s="11">
         <v>51020</v>
-      </c>
-[...1 lines deleted...]
-        <v>49680</v>
       </c>
       <c r="K44" s="12">
         <v>49680</v>
       </c>
       <c r="L44" s="12">
+        <v>49680</v>
+      </c>
+      <c r="M44" s="12">
         <v>48210</v>
       </c>
-      <c r="M44" s="12">
+      <c r="N44" s="12">
         <v>47670</v>
       </c>
-      <c r="N44" s="12">
+      <c r="O44" s="12">
         <v>46810</v>
       </c>
-      <c r="O44" s="12">
+      <c r="P44" s="12">
         <v>45270</v>
-      </c>
-[...1 lines deleted...]
-        <v>44490</v>
       </c>
       <c r="Q44" s="12">
         <v>44490</v>
       </c>
       <c r="R44" s="12">
+        <v>44490</v>
+      </c>
+      <c r="S44" s="12">
         <v>42800</v>
       </c>
-      <c r="S44" s="17"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T44" s="17"/>
+    </row>
+    <row r="45" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="9">
         <v>11</v>
       </c>
-      <c r="B45" s="20">
+      <c r="B45">
+        <f t="shared" si="11"/>
+        <v>72760</v>
+      </c>
+      <c r="C45" s="20">
+        <f t="shared" si="12"/>
+        <v>70650</v>
+      </c>
+      <c r="D45" s="18">
+        <f t="shared" si="13"/>
+        <v>68860</v>
+      </c>
+      <c r="E45" s="4">
+        <f t="shared" si="14"/>
+        <v>65980</v>
+      </c>
+      <c r="F45" s="4">
         <f t="shared" si="10"/>
-        <v>70650</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>60790</v>
-      </c>
-[...1 lines deleted...]
-        <v>57560</v>
       </c>
       <c r="G45" s="4">
         <v>57560</v>
       </c>
-      <c r="H45" s="10">
+      <c r="H45" s="4">
+        <v>57560</v>
+      </c>
+      <c r="I45" s="10">
         <v>56690</v>
       </c>
-      <c r="I45" s="11">
+      <c r="J45" s="11">
         <v>55340</v>
-      </c>
-[...1 lines deleted...]
-        <v>53860</v>
       </c>
       <c r="K45" s="12">
         <v>53860</v>
       </c>
       <c r="L45" s="12">
+        <v>53860</v>
+      </c>
+      <c r="M45" s="12">
         <v>52270</v>
       </c>
-      <c r="M45" s="12">
+      <c r="N45" s="12">
         <v>51690</v>
       </c>
-      <c r="N45" s="12">
+      <c r="O45" s="12">
         <v>50770</v>
       </c>
-      <c r="O45" s="12">
+      <c r="P45" s="12">
         <v>49090</v>
-      </c>
-[...1 lines deleted...]
-        <v>48230</v>
       </c>
       <c r="Q45" s="12">
         <v>48230</v>
       </c>
       <c r="R45" s="12">
+        <v>48230</v>
+      </c>
+      <c r="S45" s="12">
         <v>46400</v>
       </c>
-      <c r="S45" s="17"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T45" s="17"/>
+    </row>
+    <row r="46" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="9">
         <v>12</v>
       </c>
-      <c r="B46" s="20">
+      <c r="B46">
+        <f t="shared" si="11"/>
+        <v>78440</v>
+      </c>
+      <c r="C46" s="20">
+        <f t="shared" si="12"/>
+        <v>76150</v>
+      </c>
+      <c r="D46" s="18">
+        <f t="shared" si="13"/>
+        <v>74240</v>
+      </c>
+      <c r="E46" s="4">
+        <f t="shared" si="14"/>
+        <v>71120</v>
+      </c>
+      <c r="F46" s="4">
         <f t="shared" si="10"/>
-        <v>76150</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>65510</v>
-      </c>
-[...1 lines deleted...]
-        <v>62040</v>
       </c>
       <c r="G46" s="4">
         <v>62040</v>
       </c>
-      <c r="H46" s="10">
+      <c r="H46" s="4">
+        <v>62040</v>
+      </c>
+      <c r="I46" s="10">
         <v>61110</v>
       </c>
-      <c r="I46" s="11">
+      <c r="J46" s="11">
         <v>59660</v>
-      </c>
-[...1 lines deleted...]
-        <v>58040</v>
       </c>
       <c r="K46" s="12">
         <v>58040</v>
       </c>
       <c r="L46" s="12">
+        <v>58040</v>
+      </c>
+      <c r="M46" s="12">
         <v>56330</v>
       </c>
-      <c r="M46" s="12">
+      <c r="N46" s="12">
         <v>55710</v>
       </c>
-      <c r="N46" s="12">
+      <c r="O46" s="12">
         <v>54730</v>
       </c>
-      <c r="O46" s="12">
+      <c r="P46" s="12">
         <v>52910</v>
-      </c>
-[...1 lines deleted...]
-        <v>51970</v>
       </c>
       <c r="Q46" s="12">
         <v>51970</v>
       </c>
       <c r="R46" s="12">
+        <v>51970</v>
+      </c>
+      <c r="S46" s="12">
         <v>50000</v>
       </c>
-      <c r="S46" s="17"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T46" s="17"/>
+    </row>
+    <row r="47" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="9">
         <v>13</v>
       </c>
-      <c r="B47" s="20">
+      <c r="B47">
+        <f t="shared" si="11"/>
+        <v>84120</v>
+      </c>
+      <c r="C47" s="20">
+        <f t="shared" si="12"/>
+        <v>81650</v>
+      </c>
+      <c r="D47" s="18">
+        <f t="shared" si="13"/>
+        <v>79620</v>
+      </c>
+      <c r="E47" s="4">
+        <f t="shared" si="14"/>
+        <v>76260</v>
+      </c>
+      <c r="F47" s="4">
         <f t="shared" si="10"/>
-        <v>81650</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>70230</v>
-      </c>
-[...1 lines deleted...]
-        <v>66520</v>
       </c>
       <c r="G47" s="4">
         <v>66520</v>
       </c>
-      <c r="H47" s="10">
+      <c r="H47" s="4">
+        <v>66520</v>
+      </c>
+      <c r="I47" s="10">
         <v>65530</v>
       </c>
-      <c r="I47" s="11">
+      <c r="J47" s="11">
         <v>63980</v>
-      </c>
-[...1 lines deleted...]
-        <v>62220</v>
       </c>
       <c r="K47" s="12">
         <v>62220</v>
       </c>
       <c r="L47" s="12">
+        <v>62220</v>
+      </c>
+      <c r="M47" s="12">
         <v>60390</v>
       </c>
-      <c r="M47" s="12">
+      <c r="N47" s="12">
         <v>59730</v>
       </c>
-      <c r="N47" s="12">
+      <c r="O47" s="12">
         <v>58690</v>
       </c>
-      <c r="O47" s="12">
+      <c r="P47" s="12">
         <v>56730</v>
-      </c>
-[...1 lines deleted...]
-        <v>55710</v>
       </c>
       <c r="Q47" s="12">
         <v>55710</v>
       </c>
       <c r="R47" s="12">
+        <v>55710</v>
+      </c>
+      <c r="S47" s="12">
         <v>53600</v>
       </c>
-      <c r="S47" s="17"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T47" s="17"/>
+    </row>
+    <row r="48" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="9">
         <v>14</v>
       </c>
-      <c r="B48" s="20">
+      <c r="B48">
+        <f t="shared" si="11"/>
+        <v>89800</v>
+      </c>
+      <c r="C48" s="20">
+        <f t="shared" si="12"/>
+        <v>87150</v>
+      </c>
+      <c r="D48" s="18">
+        <f t="shared" si="13"/>
+        <v>85000</v>
+      </c>
+      <c r="E48" s="4">
+        <f t="shared" si="14"/>
+        <v>81400</v>
+      </c>
+      <c r="F48" s="4">
         <f t="shared" si="10"/>
-        <v>87150</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>74950</v>
-      </c>
-[...1 lines deleted...]
-        <v>71000</v>
       </c>
       <c r="G48" s="4">
         <v>71000</v>
       </c>
-      <c r="H48" s="10">
+      <c r="H48" s="4">
+        <v>71000</v>
+      </c>
+      <c r="I48" s="10">
         <v>69950</v>
       </c>
-      <c r="I48" s="11">
+      <c r="J48" s="11">
         <v>68300</v>
-      </c>
-[...1 lines deleted...]
-        <v>66400</v>
       </c>
       <c r="K48" s="12">
         <v>66400</v>
       </c>
       <c r="L48" s="12">
+        <v>66400</v>
+      </c>
+      <c r="M48" s="12">
         <v>64450</v>
       </c>
-      <c r="M48" s="12">
+      <c r="N48" s="12">
         <v>63750</v>
       </c>
-      <c r="N48" s="12">
+      <c r="O48" s="12">
         <v>62650</v>
       </c>
-      <c r="O48" s="12">
+      <c r="P48" s="12">
         <v>60550</v>
-      </c>
-[...1 lines deleted...]
-        <v>59450</v>
       </c>
       <c r="Q48" s="12">
         <v>59450</v>
       </c>
       <c r="R48" s="12">
+        <v>59450</v>
+      </c>
+      <c r="S48" s="12">
         <v>57200</v>
       </c>
-      <c r="S48" s="17"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T48" s="17"/>
+    </row>
+    <row r="49" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="9">
         <v>15</v>
       </c>
-      <c r="B49" s="20">
+      <c r="B49">
+        <f t="shared" si="11"/>
+        <v>95480</v>
+      </c>
+      <c r="C49" s="20">
+        <f t="shared" si="12"/>
+        <v>92650</v>
+      </c>
+      <c r="D49" s="18">
+        <f t="shared" si="13"/>
+        <v>90380</v>
+      </c>
+      <c r="E49" s="4">
+        <f t="shared" si="14"/>
+        <v>86540</v>
+      </c>
+      <c r="F49" s="4">
         <f t="shared" si="10"/>
-        <v>92650</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>79670</v>
-      </c>
-[...1 lines deleted...]
-        <v>75480</v>
       </c>
       <c r="G49" s="4">
         <v>75480</v>
       </c>
-      <c r="H49" s="10">
+      <c r="H49" s="4">
+        <v>75480</v>
+      </c>
+      <c r="I49" s="10">
         <v>74370</v>
       </c>
-      <c r="I49" s="11">
+      <c r="J49" s="11">
         <v>72620</v>
-      </c>
-[...1 lines deleted...]
-        <v>70580</v>
       </c>
       <c r="K49" s="12">
         <v>70580</v>
       </c>
       <c r="L49" s="12">
+        <v>70580</v>
+      </c>
+      <c r="M49" s="12">
         <v>68510</v>
       </c>
-      <c r="M49" s="12">
+      <c r="N49" s="12">
         <v>67770</v>
       </c>
-      <c r="N49" s="12">
+      <c r="O49" s="12">
         <v>66610</v>
       </c>
-      <c r="O49" s="12">
+      <c r="P49" s="12">
         <v>64370</v>
-      </c>
-[...1 lines deleted...]
-        <v>63190</v>
       </c>
       <c r="Q49" s="12">
         <v>63190</v>
       </c>
       <c r="R49" s="12">
+        <v>63190</v>
+      </c>
+      <c r="S49" s="12">
         <v>60800</v>
       </c>
-      <c r="S49" s="17"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T49" s="17"/>
+    </row>
+    <row r="50" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="9">
         <v>16</v>
       </c>
-      <c r="B50" s="20">
+      <c r="B50">
+        <f t="shared" si="11"/>
+        <v>101160</v>
+      </c>
+      <c r="C50" s="20">
+        <f t="shared" si="12"/>
+        <v>98150</v>
+      </c>
+      <c r="D50" s="18">
+        <f t="shared" si="13"/>
+        <v>95760</v>
+      </c>
+      <c r="E50" s="4">
+        <f t="shared" si="14"/>
+        <v>91680</v>
+      </c>
+      <c r="F50" s="4">
         <f t="shared" si="10"/>
-        <v>98150</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>84390</v>
-      </c>
-[...1 lines deleted...]
-        <v>79960</v>
       </c>
       <c r="G50" s="4">
         <v>79960</v>
       </c>
-      <c r="H50" s="10">
+      <c r="H50" s="4">
+        <v>79960</v>
+      </c>
+      <c r="I50" s="10">
         <v>78790</v>
       </c>
-      <c r="I50" s="11">
+      <c r="J50" s="11">
         <v>76940</v>
-      </c>
-[...1 lines deleted...]
-        <v>74760</v>
       </c>
       <c r="K50" s="12">
         <v>74760</v>
       </c>
       <c r="L50" s="12">
+        <v>74760</v>
+      </c>
+      <c r="M50" s="12">
         <v>72570</v>
       </c>
-      <c r="M50" s="12">
+      <c r="N50" s="12">
         <v>71790</v>
       </c>
-      <c r="N50" s="12">
+      <c r="O50" s="12">
         <v>70570</v>
       </c>
-      <c r="O50" s="12">
+      <c r="P50" s="12">
         <v>68190</v>
-      </c>
-[...1 lines deleted...]
-        <v>66930</v>
       </c>
       <c r="Q50" s="12">
         <v>66930</v>
       </c>
       <c r="R50" s="12">
+        <v>66930</v>
+      </c>
+      <c r="S50" s="12">
         <v>64400</v>
       </c>
-      <c r="S50" s="17"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T50" s="17"/>
+    </row>
+    <row r="51" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="9">
         <v>17</v>
       </c>
-      <c r="B51" s="20">
+      <c r="B51">
+        <f t="shared" si="11"/>
+        <v>106840</v>
+      </c>
+      <c r="C51" s="20">
+        <f t="shared" si="12"/>
+        <v>103650</v>
+      </c>
+      <c r="D51" s="18">
+        <f t="shared" si="13"/>
+        <v>101140</v>
+      </c>
+      <c r="E51" s="4">
+        <f t="shared" si="14"/>
+        <v>96820</v>
+      </c>
+      <c r="F51" s="4">
         <f t="shared" si="10"/>
-        <v>103650</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>89110</v>
-      </c>
-[...1 lines deleted...]
-        <v>84440</v>
       </c>
       <c r="G51" s="4">
         <v>84440</v>
       </c>
-      <c r="H51" s="10">
+      <c r="H51" s="4">
+        <v>84440</v>
+      </c>
+      <c r="I51" s="10">
         <v>83210</v>
       </c>
-      <c r="I51" s="11">
+      <c r="J51" s="11">
         <v>81260</v>
-      </c>
-[...1 lines deleted...]
-        <v>78940</v>
       </c>
       <c r="K51" s="12">
         <v>78940</v>
       </c>
       <c r="L51" s="12">
+        <v>78940</v>
+      </c>
+      <c r="M51" s="12">
         <v>76630</v>
       </c>
-      <c r="M51" s="12">
+      <c r="N51" s="12">
         <v>75810</v>
       </c>
-      <c r="N51" s="12">
+      <c r="O51" s="12">
         <v>74530</v>
       </c>
-      <c r="O51" s="12">
+      <c r="P51" s="12">
         <v>72010</v>
-      </c>
-[...1 lines deleted...]
-        <v>70670</v>
       </c>
       <c r="Q51" s="12">
         <v>70670</v>
       </c>
       <c r="R51" s="12">
+        <v>70670</v>
+      </c>
+      <c r="S51" s="12">
         <v>68000</v>
       </c>
-      <c r="S51" s="17"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T51" s="17"/>
+    </row>
+    <row r="52" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="9">
         <v>18</v>
       </c>
-      <c r="B52" s="20">
+      <c r="B52">
+        <f t="shared" si="11"/>
+        <v>112520</v>
+      </c>
+      <c r="C52" s="20">
+        <f t="shared" si="12"/>
+        <v>109150</v>
+      </c>
+      <c r="D52" s="18">
+        <f t="shared" si="13"/>
+        <v>106520</v>
+      </c>
+      <c r="E52" s="4">
+        <f t="shared" si="14"/>
+        <v>101960</v>
+      </c>
+      <c r="F52" s="4">
         <f t="shared" si="10"/>
-        <v>109150</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>93830</v>
-      </c>
-[...1 lines deleted...]
-        <v>88920</v>
       </c>
       <c r="G52" s="4">
         <v>88920</v>
       </c>
-      <c r="H52" s="10">
+      <c r="H52" s="4">
+        <v>88920</v>
+      </c>
+      <c r="I52" s="10">
         <v>87630</v>
       </c>
-      <c r="I52" s="11">
+      <c r="J52" s="11">
         <v>85580</v>
-      </c>
-[...1 lines deleted...]
-        <v>83120</v>
       </c>
       <c r="K52" s="12">
         <v>83120</v>
       </c>
       <c r="L52" s="12">
+        <v>83120</v>
+      </c>
+      <c r="M52" s="12">
         <v>80690</v>
       </c>
-      <c r="M52" s="12">
+      <c r="N52" s="12">
         <v>79830</v>
       </c>
-      <c r="N52" s="12">
+      <c r="O52" s="12">
         <v>78490</v>
       </c>
-      <c r="O52" s="12">
+      <c r="P52" s="12">
         <v>75830</v>
-      </c>
-[...1 lines deleted...]
-        <v>74410</v>
       </c>
       <c r="Q52" s="12">
         <v>74410</v>
       </c>
       <c r="R52" s="12">
+        <v>74410</v>
+      </c>
+      <c r="S52" s="12">
         <v>71600</v>
       </c>
-      <c r="S52" s="17"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T52" s="17"/>
+    </row>
+    <row r="53" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="9">
         <v>19</v>
       </c>
-      <c r="B53" s="20">
+      <c r="B53">
+        <f t="shared" si="11"/>
+        <v>118200</v>
+      </c>
+      <c r="C53" s="20">
+        <f t="shared" si="12"/>
+        <v>114650</v>
+      </c>
+      <c r="D53" s="18">
+        <f t="shared" si="13"/>
+        <v>111900</v>
+      </c>
+      <c r="E53" s="4">
+        <f t="shared" si="14"/>
+        <v>107100</v>
+      </c>
+      <c r="F53" s="4">
         <f t="shared" si="10"/>
-        <v>114650</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>98550</v>
-      </c>
-[...1 lines deleted...]
-        <v>93400</v>
       </c>
       <c r="G53" s="4">
         <v>93400</v>
       </c>
-      <c r="H53" s="10">
+      <c r="H53" s="4">
+        <v>93400</v>
+      </c>
+      <c r="I53" s="10">
         <v>92050</v>
       </c>
-      <c r="I53" s="11">
+      <c r="J53" s="11">
         <v>89900</v>
-      </c>
-[...1 lines deleted...]
-        <v>87300</v>
       </c>
       <c r="K53" s="12">
         <v>87300</v>
       </c>
       <c r="L53" s="12">
+        <v>87300</v>
+      </c>
+      <c r="M53" s="12">
         <v>84750</v>
       </c>
-      <c r="M53" s="12">
+      <c r="N53" s="12">
         <v>83850</v>
       </c>
-      <c r="N53" s="12">
+      <c r="O53" s="12">
         <v>82450</v>
       </c>
-      <c r="O53" s="12">
+      <c r="P53" s="12">
         <v>79650</v>
-      </c>
-[...1 lines deleted...]
-        <v>78150</v>
       </c>
       <c r="Q53" s="12">
         <v>78150</v>
       </c>
       <c r="R53" s="12">
+        <v>78150</v>
+      </c>
+      <c r="S53" s="12">
         <v>75200</v>
       </c>
-      <c r="S53" s="17"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T53" s="17"/>
+    </row>
+    <row r="54" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="9">
         <v>20</v>
       </c>
-      <c r="B54" s="20">
+      <c r="B54">
+        <f t="shared" si="11"/>
+        <v>123880</v>
+      </c>
+      <c r="C54" s="20">
+        <f t="shared" si="12"/>
+        <v>120150</v>
+      </c>
+      <c r="D54" s="18">
+        <f t="shared" si="13"/>
+        <v>117280</v>
+      </c>
+      <c r="E54" s="4">
+        <f t="shared" si="14"/>
+        <v>112240</v>
+      </c>
+      <c r="F54" s="4">
         <f t="shared" si="10"/>
-        <v>120150</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>103270</v>
-      </c>
-[...1 lines deleted...]
-        <v>97880</v>
       </c>
       <c r="G54" s="4">
         <v>97880</v>
       </c>
-      <c r="H54" s="10">
+      <c r="H54" s="4">
+        <v>97880</v>
+      </c>
+      <c r="I54" s="10">
         <v>96470</v>
       </c>
-      <c r="I54" s="11">
+      <c r="J54" s="11">
         <v>94220</v>
-      </c>
-[...1 lines deleted...]
-        <v>91480</v>
       </c>
       <c r="K54" s="12">
         <v>91480</v>
       </c>
       <c r="L54" s="12">
+        <v>91480</v>
+      </c>
+      <c r="M54" s="12">
         <v>88810</v>
       </c>
-      <c r="M54" s="12">
+      <c r="N54" s="12">
         <v>87870</v>
       </c>
-      <c r="N54" s="12">
+      <c r="O54" s="12">
         <v>86410</v>
       </c>
-      <c r="O54" s="12">
+      <c r="P54" s="12">
         <v>83470</v>
-      </c>
-[...1 lines deleted...]
-        <v>81890</v>
       </c>
       <c r="Q54" s="12">
         <v>81890</v>
       </c>
       <c r="R54" s="12">
+        <v>81890</v>
+      </c>
+      <c r="S54" s="12">
         <v>78800</v>
       </c>
-      <c r="S54" s="17"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T54" s="17"/>
+    </row>
+    <row r="55" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="9">
         <v>21</v>
       </c>
-      <c r="B55" s="20">
+      <c r="B55">
+        <f t="shared" si="11"/>
+        <v>129560</v>
+      </c>
+      <c r="C55" s="20">
+        <f t="shared" si="12"/>
+        <v>125650</v>
+      </c>
+      <c r="D55" s="18">
+        <f t="shared" si="13"/>
+        <v>122660</v>
+      </c>
+      <c r="E55" s="4">
+        <f t="shared" si="14"/>
+        <v>117380</v>
+      </c>
+      <c r="F55" s="4">
         <f t="shared" si="10"/>
-        <v>125650</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>107990</v>
-      </c>
-[...1 lines deleted...]
-        <v>102360</v>
       </c>
       <c r="G55" s="4">
         <v>102360</v>
       </c>
-      <c r="H55" s="10">
+      <c r="H55" s="4">
+        <v>102360</v>
+      </c>
+      <c r="I55" s="10">
         <v>100890</v>
       </c>
-      <c r="I55" s="11">
+      <c r="J55" s="11">
         <v>98540</v>
-      </c>
-[...1 lines deleted...]
-        <v>95660</v>
       </c>
       <c r="K55" s="12">
         <v>95660</v>
       </c>
       <c r="L55" s="12">
+        <v>95660</v>
+      </c>
+      <c r="M55" s="12">
         <v>92870</v>
       </c>
-      <c r="M55" s="12">
+      <c r="N55" s="12">
         <v>91890</v>
       </c>
-      <c r="N55" s="12">
+      <c r="O55" s="12">
         <v>90370</v>
       </c>
-      <c r="O55" s="12">
+      <c r="P55" s="12">
         <v>87290</v>
-      </c>
-[...1 lines deleted...]
-        <v>85630</v>
       </c>
       <c r="Q55" s="12">
         <v>85630</v>
       </c>
       <c r="R55" s="12">
+        <v>85630</v>
+      </c>
+      <c r="S55" s="12">
         <v>82400</v>
       </c>
-      <c r="S55" s="17"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T55" s="17"/>
+    </row>
+    <row r="56" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="9">
         <v>22</v>
       </c>
-      <c r="B56" s="20">
+      <c r="B56">
+        <f t="shared" si="11"/>
+        <v>135240</v>
+      </c>
+      <c r="C56" s="20">
+        <f t="shared" si="12"/>
+        <v>131150</v>
+      </c>
+      <c r="D56" s="18">
+        <f t="shared" si="13"/>
+        <v>128040</v>
+      </c>
+      <c r="E56" s="4">
+        <f t="shared" si="14"/>
+        <v>122520</v>
+      </c>
+      <c r="F56" s="4">
         <f t="shared" si="10"/>
-        <v>131150</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>112710</v>
-      </c>
-[...1 lines deleted...]
-        <v>106840</v>
       </c>
       <c r="G56" s="4">
         <v>106840</v>
       </c>
-      <c r="H56" s="10">
+      <c r="H56" s="4">
+        <v>106840</v>
+      </c>
+      <c r="I56" s="10">
         <v>105310</v>
       </c>
-      <c r="I56" s="11">
+      <c r="J56" s="11">
         <v>102860</v>
-      </c>
-[...1 lines deleted...]
-        <v>99840</v>
       </c>
       <c r="K56" s="12">
         <v>99840</v>
       </c>
       <c r="L56" s="12">
+        <v>99840</v>
+      </c>
+      <c r="M56" s="12">
         <v>96930</v>
       </c>
-      <c r="M56" s="12">
+      <c r="N56" s="12">
         <v>95910</v>
       </c>
-      <c r="N56" s="12">
+      <c r="O56" s="12">
         <v>94330</v>
       </c>
-      <c r="O56" s="12">
+      <c r="P56" s="12">
         <v>91110</v>
-      </c>
-[...1 lines deleted...]
-        <v>89370</v>
       </c>
       <c r="Q56" s="12">
         <v>89370</v>
       </c>
       <c r="R56" s="12">
+        <v>89370</v>
+      </c>
+      <c r="S56" s="12">
         <v>86000</v>
       </c>
-      <c r="S56" s="17"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T56" s="17"/>
+    </row>
+    <row r="57" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="9">
         <v>23</v>
       </c>
-      <c r="B57" s="20">
+      <c r="B57">
+        <f t="shared" si="11"/>
+        <v>140920</v>
+      </c>
+      <c r="C57" s="20">
+        <f t="shared" si="12"/>
+        <v>136650</v>
+      </c>
+      <c r="D57" s="18">
+        <f t="shared" si="13"/>
+        <v>133420</v>
+      </c>
+      <c r="E57" s="4">
+        <f t="shared" si="14"/>
+        <v>127660</v>
+      </c>
+      <c r="F57" s="4">
         <f t="shared" si="10"/>
-        <v>136650</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>117430</v>
-      </c>
-[...1 lines deleted...]
-        <v>111320</v>
       </c>
       <c r="G57" s="4">
         <v>111320</v>
       </c>
-      <c r="H57" s="10">
+      <c r="H57" s="4">
+        <v>111320</v>
+      </c>
+      <c r="I57" s="10">
         <v>109730</v>
       </c>
-      <c r="I57" s="11">
+      <c r="J57" s="11">
         <v>107180</v>
-      </c>
-[...1 lines deleted...]
-        <v>104020</v>
       </c>
       <c r="K57" s="12">
         <v>104020</v>
       </c>
       <c r="L57" s="12">
+        <v>104020</v>
+      </c>
+      <c r="M57" s="12">
         <v>100990</v>
       </c>
-      <c r="M57" s="12">
+      <c r="N57" s="12">
         <v>99930</v>
       </c>
-      <c r="N57" s="12">
+      <c r="O57" s="12">
         <v>98290</v>
       </c>
-      <c r="O57" s="12">
+      <c r="P57" s="12">
         <v>94930</v>
-      </c>
-[...1 lines deleted...]
-        <v>93110</v>
       </c>
       <c r="Q57" s="12">
         <v>93110</v>
       </c>
       <c r="R57" s="12">
+        <v>93110</v>
+      </c>
+      <c r="S57" s="12">
         <v>89600</v>
       </c>
-      <c r="S57" s="17"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T57" s="17"/>
+    </row>
+    <row r="58" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="5">
         <v>24</v>
       </c>
-      <c r="B58" s="20">
+      <c r="B58">
+        <f t="shared" si="11"/>
+        <v>146600</v>
+      </c>
+      <c r="C58" s="20">
+        <f t="shared" si="12"/>
+        <v>142150</v>
+      </c>
+      <c r="D58" s="18">
+        <f t="shared" si="13"/>
+        <v>138800</v>
+      </c>
+      <c r="E58" s="4">
+        <f t="shared" si="14"/>
+        <v>132800</v>
+      </c>
+      <c r="F58" s="4">
         <f t="shared" si="10"/>
-        <v>142150</v>
-[...10 lines deleted...]
-        <f t="shared" si="9"/>
         <v>122150</v>
-      </c>
-[...1 lines deleted...]
-        <v>115800</v>
       </c>
       <c r="G58" s="4">
         <v>115800</v>
       </c>
-      <c r="H58" s="10">
+      <c r="H58" s="4">
+        <v>115800</v>
+      </c>
+      <c r="I58" s="10">
         <v>114150</v>
       </c>
-      <c r="I58" s="11">
+      <c r="J58" s="11">
         <v>111500</v>
       </c>
-      <c r="J58" s="5"/>
       <c r="K58" s="5"/>
       <c r="L58" s="5"/>
       <c r="M58" s="5"/>
       <c r="N58" s="5"/>
       <c r="O58" s="5"/>
       <c r="P58" s="5"/>
       <c r="Q58" s="5"/>
       <c r="R58" s="5"/>
-      <c r="S58" s="17"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="S58" s="5"/>
+      <c r="T58" s="17"/>
+    </row>
+    <row r="59" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="5"/>
       <c r="B59" s="5"/>
       <c r="C59" s="5"/>
       <c r="D59" s="5"/>
       <c r="E59" s="5"/>
       <c r="F59" s="5"/>
       <c r="G59" s="5"/>
       <c r="H59" s="5"/>
       <c r="I59" s="5"/>
       <c r="J59" s="5"/>
       <c r="K59" s="5"/>
       <c r="L59" s="5"/>
     </row>
-    <row r="60" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="5"/>
       <c r="B60" s="5"/>
       <c r="C60" s="5"/>
       <c r="D60" s="5"/>
       <c r="E60" s="5"/>
       <c r="F60" s="5"/>
       <c r="G60" s="5"/>
       <c r="H60" s="5"/>
       <c r="I60" s="5"/>
       <c r="J60" s="5"/>
       <c r="K60" s="5"/>
       <c r="L60" s="5"/>
     </row>
-    <row r="61" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="22" t="s">
+    <row r="61" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="23" t="s">
         <v>11</v>
       </c>
-      <c r="B61" s="22"/>
+      <c r="B61" s="23"/>
       <c r="C61" s="5"/>
       <c r="D61" s="5"/>
       <c r="E61" s="5"/>
       <c r="F61" s="5"/>
       <c r="G61" s="5"/>
       <c r="H61" s="5"/>
       <c r="I61" s="5"/>
       <c r="J61" s="5"/>
       <c r="K61" s="5"/>
       <c r="L61" s="5"/>
     </row>
-    <row r="62" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="1">
         <v>2025</v>
       </c>
       <c r="C62" s="16">
         <v>2024</v>
       </c>
       <c r="D62" s="1">
         <v>2023</v>
       </c>
       <c r="E62" s="1">
         <v>2022</v>
       </c>
       <c r="F62" s="7">
         <v>2021</v>
       </c>
       <c r="G62" s="1">
         <v>2020</v>
       </c>
       <c r="H62" s="7">
         <v>2019</v>
       </c>
       <c r="I62" s="13">
@@ -4351,51 +4570,51 @@
         <v>2016</v>
       </c>
       <c r="L62" s="9">
         <v>2015</v>
       </c>
       <c r="M62" s="9">
         <v>2014</v>
       </c>
       <c r="N62" s="9">
         <v>2013</v>
       </c>
       <c r="O62" s="9">
         <v>2012</v>
       </c>
       <c r="P62" s="9">
         <v>2011</v>
       </c>
       <c r="Q62" s="9">
         <v>2010</v>
       </c>
       <c r="R62" s="9">
         <v>2009</v>
       </c>
       <c r="S62" s="17"/>
     </row>
-    <row r="63" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="9">
         <v>0</v>
       </c>
       <c r="B63" s="19">
         <v>8070</v>
       </c>
       <c r="C63" s="15">
         <v>8070</v>
       </c>
       <c r="D63" s="2">
         <v>8070</v>
       </c>
       <c r="E63" s="2">
         <v>8070</v>
       </c>
       <c r="F63" s="2">
         <v>8070</v>
       </c>
       <c r="G63" s="2">
         <v>8070</v>
       </c>
       <c r="H63" s="10">
         <v>8070</v>
       </c>
       <c r="I63" s="14">
@@ -4408,51 +4627,51 @@
         <v>7880</v>
       </c>
       <c r="L63" s="12">
         <v>7610</v>
       </c>
       <c r="M63" s="12">
         <v>7470</v>
       </c>
       <c r="N63" s="12">
         <v>7210</v>
       </c>
       <c r="O63" s="12">
         <v>7070</v>
       </c>
       <c r="P63" s="12">
         <v>7090</v>
       </c>
       <c r="Q63" s="12">
         <v>7090</v>
       </c>
       <c r="R63" s="12">
         <v>6800</v>
       </c>
       <c r="S63" s="17"/>
     </row>
-    <row r="64" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="9">
         <v>1</v>
       </c>
       <c r="B64">
         <v>15650</v>
       </c>
       <c r="C64" s="17">
         <v>15060</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>0</v>
       </c>
       <c r="F64" s="2">
         <v>12760</v>
       </c>
       <c r="G64" s="2">
         <v>12760</v>
       </c>
       <c r="H64" s="10">
         <v>12490</v>
       </c>
       <c r="I64" s="14">
@@ -4881,966 +5100,966 @@
       <c r="Q71" s="12">
         <v>37010</v>
       </c>
       <c r="R71" s="12">
         <v>35600</v>
       </c>
       <c r="S71" s="17"/>
     </row>
     <row r="72" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="9">
         <v>9</v>
       </c>
       <c r="B72" s="20">
         <f>B71+5500</f>
         <v>59650</v>
       </c>
       <c r="C72" s="18">
         <f>C71+5380</f>
         <v>58100</v>
       </c>
       <c r="D72" s="4">
         <f>D71+5140</f>
         <v>55700</v>
       </c>
       <c r="E72" s="4">
-        <f t="shared" ref="E72:E87" si="13">E71+4720</f>
+        <f t="shared" ref="E72:E87" si="15">E71+4720</f>
         <v>51350</v>
       </c>
       <c r="F72" s="4">
         <v>48600</v>
       </c>
       <c r="G72" s="4">
         <v>48600</v>
       </c>
       <c r="H72" s="10">
         <v>47850</v>
       </c>
       <c r="I72" s="14">
         <v>46700</v>
       </c>
       <c r="J72" s="12">
         <v>45500</v>
       </c>
       <c r="K72" s="12">
         <v>45500</v>
       </c>
       <c r="L72" s="12">
         <v>44150</v>
       </c>
       <c r="M72" s="12">
         <v>43650</v>
       </c>
       <c r="N72" s="12">
         <v>42850</v>
       </c>
       <c r="O72" s="12">
         <v>41450</v>
       </c>
       <c r="P72" s="12">
         <v>40750</v>
       </c>
       <c r="Q72" s="12">
         <v>40750</v>
       </c>
       <c r="R72" s="12">
         <v>39200</v>
       </c>
       <c r="S72" s="17"/>
     </row>
     <row r="73" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="9">
         <v>10</v>
       </c>
       <c r="B73" s="20">
-        <f t="shared" ref="B73:B87" si="14">B72+5500</f>
+        <f t="shared" ref="B73:B87" si="16">B72+5500</f>
         <v>65150</v>
       </c>
       <c r="C73" s="18">
-        <f t="shared" ref="C73:C87" si="15">C72+5380</f>
+        <f t="shared" ref="C73:C87" si="17">C72+5380</f>
         <v>63480</v>
       </c>
       <c r="D73" s="4">
-        <f t="shared" ref="D73:D87" si="16">D72+5140</f>
+        <f t="shared" ref="D73:D87" si="18">D72+5140</f>
         <v>60840</v>
       </c>
       <c r="E73" s="4">
-        <f t="shared" si="13"/>
+        <f t="shared" si="15"/>
         <v>56070</v>
       </c>
       <c r="F73" s="4">
         <v>53080</v>
       </c>
       <c r="G73" s="4">
         <v>53080</v>
       </c>
       <c r="H73" s="10">
         <v>52270</v>
       </c>
       <c r="I73" s="14">
         <v>51020</v>
       </c>
       <c r="J73" s="12">
         <v>49680</v>
       </c>
       <c r="K73" s="12">
         <v>49680</v>
       </c>
       <c r="L73" s="12">
         <v>48210</v>
       </c>
       <c r="M73" s="12">
         <v>47670</v>
       </c>
       <c r="N73" s="12">
         <v>46810</v>
       </c>
       <c r="O73" s="12">
         <v>45270</v>
       </c>
       <c r="P73" s="12">
         <v>44490</v>
       </c>
       <c r="Q73" s="12">
         <v>44490</v>
       </c>
       <c r="R73" s="12">
         <v>42800</v>
       </c>
       <c r="S73" s="17"/>
     </row>
     <row r="74" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="9">
         <v>11</v>
       </c>
       <c r="B74" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>70650</v>
       </c>
       <c r="C74" s="18">
+        <f t="shared" si="17"/>
+        <v>68860</v>
+      </c>
+      <c r="D74" s="4">
+        <f t="shared" si="18"/>
+        <v>65980</v>
+      </c>
+      <c r="E74" s="4">
         <f t="shared" si="15"/>
-        <v>68860</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>60790</v>
       </c>
       <c r="F74" s="4">
         <v>57560</v>
       </c>
       <c r="G74" s="4">
         <v>57560</v>
       </c>
       <c r="H74" s="10">
         <v>56690</v>
       </c>
       <c r="I74" s="14">
         <v>55340</v>
       </c>
       <c r="J74" s="12">
         <v>53860</v>
       </c>
       <c r="K74" s="12">
         <v>53860</v>
       </c>
       <c r="L74" s="12">
         <v>52270</v>
       </c>
       <c r="M74" s="12">
         <v>51690</v>
       </c>
       <c r="N74" s="12">
         <v>50770</v>
       </c>
       <c r="O74" s="12">
         <v>49090</v>
       </c>
       <c r="P74" s="12">
         <v>48230</v>
       </c>
       <c r="Q74" s="12">
         <v>48230</v>
       </c>
       <c r="R74" s="12">
         <v>46400</v>
       </c>
       <c r="S74" s="17"/>
     </row>
     <row r="75" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="9">
         <v>12</v>
       </c>
       <c r="B75" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>76150</v>
       </c>
       <c r="C75" s="18">
+        <f t="shared" si="17"/>
+        <v>74240</v>
+      </c>
+      <c r="D75" s="4">
+        <f t="shared" si="18"/>
+        <v>71120</v>
+      </c>
+      <c r="E75" s="4">
         <f t="shared" si="15"/>
-        <v>74240</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>65510</v>
       </c>
       <c r="F75" s="4">
         <v>62040</v>
       </c>
       <c r="G75" s="4">
         <v>62040</v>
       </c>
       <c r="H75" s="10">
         <v>61110</v>
       </c>
       <c r="I75" s="14">
         <v>59660</v>
       </c>
       <c r="J75" s="12">
         <v>58040</v>
       </c>
       <c r="K75" s="12">
         <v>58040</v>
       </c>
       <c r="L75" s="12">
         <v>56330</v>
       </c>
       <c r="M75" s="12">
         <v>55710</v>
       </c>
       <c r="N75" s="12">
         <v>54730</v>
       </c>
       <c r="O75" s="12">
         <v>52910</v>
       </c>
       <c r="P75" s="12">
         <v>51970</v>
       </c>
       <c r="Q75" s="12">
         <v>51970</v>
       </c>
       <c r="R75" s="12">
         <v>50000</v>
       </c>
       <c r="S75" s="17"/>
     </row>
     <row r="76" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="9">
         <v>13</v>
       </c>
       <c r="B76" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>81650</v>
       </c>
       <c r="C76" s="18">
+        <f t="shared" si="17"/>
+        <v>79620</v>
+      </c>
+      <c r="D76" s="4">
+        <f t="shared" si="18"/>
+        <v>76260</v>
+      </c>
+      <c r="E76" s="4">
         <f t="shared" si="15"/>
-        <v>79620</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>70230</v>
       </c>
       <c r="F76" s="4">
         <v>66520</v>
       </c>
       <c r="G76" s="4">
         <v>66520</v>
       </c>
       <c r="H76" s="10">
         <v>65530</v>
       </c>
       <c r="I76" s="14">
         <v>63980</v>
       </c>
       <c r="J76" s="12">
         <v>62220</v>
       </c>
       <c r="K76" s="12">
         <v>62220</v>
       </c>
       <c r="L76" s="12">
         <v>60390</v>
       </c>
       <c r="M76" s="12">
         <v>59730</v>
       </c>
       <c r="N76" s="12">
         <v>58690</v>
       </c>
       <c r="O76" s="12">
         <v>56730</v>
       </c>
       <c r="P76" s="12">
         <v>55710</v>
       </c>
       <c r="Q76" s="12">
         <v>55710</v>
       </c>
       <c r="R76" s="12">
         <v>53600</v>
       </c>
       <c r="S76" s="17"/>
     </row>
     <row r="77" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="9">
         <v>14</v>
       </c>
       <c r="B77" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>87150</v>
       </c>
       <c r="C77" s="18">
+        <f t="shared" si="17"/>
+        <v>85000</v>
+      </c>
+      <c r="D77" s="4">
+        <f t="shared" si="18"/>
+        <v>81400</v>
+      </c>
+      <c r="E77" s="4">
         <f t="shared" si="15"/>
-        <v>85000</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>74950</v>
       </c>
       <c r="F77" s="4">
         <v>71000</v>
       </c>
       <c r="G77" s="4">
         <v>71000</v>
       </c>
       <c r="H77" s="10">
         <v>69950</v>
       </c>
       <c r="I77" s="14">
         <v>68300</v>
       </c>
       <c r="J77" s="12">
         <v>66400</v>
       </c>
       <c r="K77" s="12">
         <v>66400</v>
       </c>
       <c r="L77" s="12">
         <v>64450</v>
       </c>
       <c r="M77" s="12">
         <v>63750</v>
       </c>
       <c r="N77" s="12">
         <v>62650</v>
       </c>
       <c r="O77" s="12">
         <v>60550</v>
       </c>
       <c r="P77" s="12">
         <v>59450</v>
       </c>
       <c r="Q77" s="12">
         <v>59450</v>
       </c>
       <c r="R77" s="12">
         <v>57200</v>
       </c>
       <c r="S77" s="17"/>
     </row>
     <row r="78" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="9">
         <v>15</v>
       </c>
       <c r="B78" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>92650</v>
       </c>
       <c r="C78" s="18">
+        <f t="shared" si="17"/>
+        <v>90380</v>
+      </c>
+      <c r="D78" s="4">
+        <f t="shared" si="18"/>
+        <v>86540</v>
+      </c>
+      <c r="E78" s="4">
         <f t="shared" si="15"/>
-        <v>90380</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>79670</v>
       </c>
       <c r="F78" s="4">
         <v>75480</v>
       </c>
       <c r="G78" s="4">
         <v>75480</v>
       </c>
       <c r="H78" s="10">
         <v>74370</v>
       </c>
       <c r="I78" s="14">
         <v>72620</v>
       </c>
       <c r="J78" s="12">
         <v>70580</v>
       </c>
       <c r="K78" s="12">
         <v>70580</v>
       </c>
       <c r="L78" s="12">
         <v>68510</v>
       </c>
       <c r="M78" s="12">
         <v>67770</v>
       </c>
       <c r="N78" s="12">
         <v>66610</v>
       </c>
       <c r="O78" s="12">
         <v>64370</v>
       </c>
       <c r="P78" s="12">
         <v>63190</v>
       </c>
       <c r="Q78" s="12">
         <v>63190</v>
       </c>
       <c r="R78" s="12">
         <v>60800</v>
       </c>
       <c r="S78" s="17"/>
     </row>
     <row r="79" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="9">
         <v>16</v>
       </c>
       <c r="B79" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>98150</v>
       </c>
       <c r="C79" s="18">
+        <f t="shared" si="17"/>
+        <v>95760</v>
+      </c>
+      <c r="D79" s="4">
+        <f t="shared" si="18"/>
+        <v>91680</v>
+      </c>
+      <c r="E79" s="4">
         <f t="shared" si="15"/>
-        <v>95760</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>84390</v>
       </c>
       <c r="F79" s="4">
         <v>79960</v>
       </c>
       <c r="G79" s="4">
         <v>79960</v>
       </c>
       <c r="H79" s="10">
         <v>78790</v>
       </c>
       <c r="I79" s="14">
         <v>76940</v>
       </c>
       <c r="J79" s="12">
         <v>74760</v>
       </c>
       <c r="K79" s="12">
         <v>74760</v>
       </c>
       <c r="L79" s="12">
         <v>72570</v>
       </c>
       <c r="M79" s="12">
         <v>71790</v>
       </c>
       <c r="N79" s="12">
         <v>70570</v>
       </c>
       <c r="O79" s="12">
         <v>68190</v>
       </c>
       <c r="P79" s="12">
         <v>66930</v>
       </c>
       <c r="Q79" s="12">
         <v>66930</v>
       </c>
       <c r="R79" s="12">
         <v>64400</v>
       </c>
       <c r="S79" s="17"/>
     </row>
     <row r="80" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="9">
         <v>17</v>
       </c>
       <c r="B80" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>103650</v>
       </c>
       <c r="C80" s="18">
+        <f t="shared" si="17"/>
+        <v>101140</v>
+      </c>
+      <c r="D80" s="4">
+        <f t="shared" si="18"/>
+        <v>96820</v>
+      </c>
+      <c r="E80" s="4">
         <f t="shared" si="15"/>
-        <v>101140</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>89110</v>
       </c>
       <c r="F80" s="4">
         <v>84440</v>
       </c>
       <c r="G80" s="4">
         <v>84440</v>
       </c>
       <c r="H80" s="10">
         <v>83210</v>
       </c>
       <c r="I80" s="14">
         <v>81260</v>
       </c>
       <c r="J80" s="12">
         <v>78940</v>
       </c>
       <c r="K80" s="12">
         <v>78940</v>
       </c>
       <c r="L80" s="12">
         <v>76630</v>
       </c>
       <c r="M80" s="12">
         <v>75810</v>
       </c>
       <c r="N80" s="12">
         <v>74530</v>
       </c>
       <c r="O80" s="12">
         <v>72010</v>
       </c>
       <c r="P80" s="12">
         <v>70670</v>
       </c>
       <c r="Q80" s="12">
         <v>70670</v>
       </c>
       <c r="R80" s="12">
         <v>68000</v>
       </c>
       <c r="S80" s="17"/>
     </row>
     <row r="81" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="9">
         <v>18</v>
       </c>
       <c r="B81" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>109150</v>
       </c>
       <c r="C81" s="18">
+        <f t="shared" si="17"/>
+        <v>106520</v>
+      </c>
+      <c r="D81" s="4">
+        <f t="shared" si="18"/>
+        <v>101960</v>
+      </c>
+      <c r="E81" s="4">
         <f t="shared" si="15"/>
-        <v>106520</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>93830</v>
       </c>
       <c r="F81" s="4">
         <v>88920</v>
       </c>
       <c r="G81" s="4">
         <v>88920</v>
       </c>
       <c r="H81" s="10">
         <v>87630</v>
       </c>
       <c r="I81" s="14">
         <v>85580</v>
       </c>
       <c r="J81" s="12">
         <v>83120</v>
       </c>
       <c r="K81" s="12">
         <v>83120</v>
       </c>
       <c r="L81" s="12">
         <v>80690</v>
       </c>
       <c r="M81" s="12">
         <v>79830</v>
       </c>
       <c r="N81" s="12">
         <v>78490</v>
       </c>
       <c r="O81" s="12">
         <v>75830</v>
       </c>
       <c r="P81" s="12">
         <v>74410</v>
       </c>
       <c r="Q81" s="12">
         <v>74410</v>
       </c>
       <c r="R81" s="12">
         <v>71600</v>
       </c>
       <c r="S81" s="17"/>
     </row>
     <row r="82" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="9">
         <v>19</v>
       </c>
       <c r="B82" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>114650</v>
       </c>
       <c r="C82" s="18">
+        <f t="shared" si="17"/>
+        <v>111900</v>
+      </c>
+      <c r="D82" s="4">
+        <f t="shared" si="18"/>
+        <v>107100</v>
+      </c>
+      <c r="E82" s="4">
         <f t="shared" si="15"/>
-        <v>111900</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>98550</v>
       </c>
       <c r="F82" s="4">
         <v>93400</v>
       </c>
       <c r="G82" s="4">
         <v>93400</v>
       </c>
       <c r="H82" s="10">
         <v>92050</v>
       </c>
       <c r="I82" s="14">
         <v>89900</v>
       </c>
       <c r="J82" s="12">
         <v>87300</v>
       </c>
       <c r="K82" s="12">
         <v>87300</v>
       </c>
       <c r="L82" s="12">
         <v>84750</v>
       </c>
       <c r="M82" s="12">
         <v>83850</v>
       </c>
       <c r="N82" s="12">
         <v>82450</v>
       </c>
       <c r="O82" s="12">
         <v>79650</v>
       </c>
       <c r="P82" s="12">
         <v>78150</v>
       </c>
       <c r="Q82" s="12">
         <v>78150</v>
       </c>
       <c r="R82" s="12">
         <v>75200</v>
       </c>
       <c r="S82" s="17"/>
     </row>
     <row r="83" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="9">
         <v>20</v>
       </c>
       <c r="B83" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>120150</v>
       </c>
       <c r="C83" s="18">
+        <f t="shared" si="17"/>
+        <v>117280</v>
+      </c>
+      <c r="D83" s="4">
+        <f t="shared" si="18"/>
+        <v>112240</v>
+      </c>
+      <c r="E83" s="4">
         <f t="shared" si="15"/>
-        <v>117280</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>103270</v>
       </c>
       <c r="F83" s="4">
         <v>97880</v>
       </c>
       <c r="G83" s="4">
         <v>97880</v>
       </c>
       <c r="H83" s="10">
         <v>96470</v>
       </c>
       <c r="I83" s="14">
         <v>94220</v>
       </c>
       <c r="J83" s="12">
         <v>91480</v>
       </c>
       <c r="K83" s="12">
         <v>91480</v>
       </c>
       <c r="L83" s="12">
         <v>88810</v>
       </c>
       <c r="M83" s="12">
         <v>87870</v>
       </c>
       <c r="N83" s="12">
         <v>86410</v>
       </c>
       <c r="O83" s="12">
         <v>83470</v>
       </c>
       <c r="P83" s="12">
         <v>81890</v>
       </c>
       <c r="Q83" s="12">
         <v>81890</v>
       </c>
       <c r="R83" s="12">
         <v>78800</v>
       </c>
       <c r="S83" s="17"/>
     </row>
     <row r="84" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="9">
         <v>21</v>
       </c>
       <c r="B84" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>125650</v>
       </c>
       <c r="C84" s="18">
+        <f t="shared" si="17"/>
+        <v>122660</v>
+      </c>
+      <c r="D84" s="4">
+        <f t="shared" si="18"/>
+        <v>117380</v>
+      </c>
+      <c r="E84" s="4">
         <f t="shared" si="15"/>
-        <v>122660</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>107990</v>
       </c>
       <c r="F84" s="4">
         <v>102360</v>
       </c>
       <c r="G84" s="4">
         <v>102360</v>
       </c>
       <c r="H84" s="10">
         <v>100890</v>
       </c>
       <c r="I84" s="14">
         <v>98540</v>
       </c>
       <c r="J84" s="12">
         <v>95660</v>
       </c>
       <c r="K84" s="12">
         <v>95660</v>
       </c>
       <c r="L84" s="12">
         <v>92870</v>
       </c>
       <c r="M84" s="12">
         <v>91890</v>
       </c>
       <c r="N84" s="12">
         <v>90370</v>
       </c>
       <c r="O84" s="12">
         <v>87290</v>
       </c>
       <c r="P84" s="12">
         <v>85630</v>
       </c>
       <c r="Q84" s="12">
         <v>85630</v>
       </c>
       <c r="R84" s="12">
         <v>82400</v>
       </c>
       <c r="S84" s="17"/>
     </row>
     <row r="85" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="9">
         <v>22</v>
       </c>
       <c r="B85" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>131150</v>
       </c>
       <c r="C85" s="18">
+        <f t="shared" si="17"/>
+        <v>128040</v>
+      </c>
+      <c r="D85" s="4">
+        <f t="shared" si="18"/>
+        <v>122520</v>
+      </c>
+      <c r="E85" s="4">
         <f t="shared" si="15"/>
-        <v>128040</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>112710</v>
       </c>
       <c r="F85" s="4">
         <v>106840</v>
       </c>
       <c r="G85" s="4">
         <v>106840</v>
       </c>
       <c r="H85" s="10">
         <v>105310</v>
       </c>
       <c r="I85" s="14">
         <v>102860</v>
       </c>
       <c r="J85" s="12">
         <v>99840</v>
       </c>
       <c r="K85" s="12">
         <v>99840</v>
       </c>
       <c r="L85" s="12">
         <v>96930</v>
       </c>
       <c r="M85" s="12">
         <v>95910</v>
       </c>
       <c r="N85" s="12">
         <v>94330</v>
       </c>
       <c r="O85" s="12">
         <v>91110</v>
       </c>
       <c r="P85" s="12">
         <v>89370</v>
       </c>
       <c r="Q85" s="12">
         <v>89370</v>
       </c>
       <c r="R85" s="12">
         <v>86000</v>
       </c>
       <c r="S85" s="17"/>
     </row>
     <row r="86" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="9">
         <v>23</v>
       </c>
       <c r="B86" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>136650</v>
       </c>
       <c r="C86" s="18">
+        <f t="shared" si="17"/>
+        <v>133420</v>
+      </c>
+      <c r="D86" s="4">
+        <f t="shared" si="18"/>
+        <v>127660</v>
+      </c>
+      <c r="E86" s="4">
         <f t="shared" si="15"/>
-        <v>133420</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>117430</v>
       </c>
       <c r="F86" s="4">
         <v>111320</v>
       </c>
       <c r="G86" s="4">
         <v>111320</v>
       </c>
       <c r="H86" s="10">
         <v>109730</v>
       </c>
       <c r="I86" s="14">
         <v>107180</v>
       </c>
       <c r="J86" s="12">
         <v>104020</v>
       </c>
       <c r="K86" s="12">
         <v>104020</v>
       </c>
       <c r="L86" s="12">
         <v>100990</v>
       </c>
       <c r="M86" s="12">
         <v>99930</v>
       </c>
       <c r="N86" s="12">
         <v>98290</v>
       </c>
       <c r="O86" s="12">
         <v>94930</v>
       </c>
       <c r="P86" s="12">
         <v>93110</v>
       </c>
       <c r="Q86" s="12">
         <v>93110</v>
       </c>
       <c r="R86" s="12">
         <v>89600</v>
       </c>
       <c r="S86" s="17"/>
     </row>
     <row r="87" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="5">
         <v>24</v>
       </c>
       <c r="B87" s="20">
-        <f t="shared" si="14"/>
+        <f t="shared" si="16"/>
         <v>142150</v>
       </c>
       <c r="C87" s="18">
+        <f t="shared" si="17"/>
+        <v>138800</v>
+      </c>
+      <c r="D87" s="4">
+        <f t="shared" si="18"/>
+        <v>132800</v>
+      </c>
+      <c r="E87" s="4">
         <f t="shared" si="15"/>
-        <v>138800</v>
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
         <v>122150</v>
       </c>
       <c r="F87" s="4">
         <v>115800</v>
       </c>
       <c r="G87" s="4">
         <v>115800</v>
       </c>
       <c r="H87" s="10">
         <v>114150</v>
       </c>
       <c r="I87" s="14">
         <v>111500</v>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="5"/>
       <c r="L87" s="5"/>
       <c r="M87" s="5"/>
       <c r="N87" s="5"/>
       <c r="O87" s="5"/>
       <c r="P87" s="5"/>
       <c r="Q87" s="5"/>
       <c r="R87" s="5"/>
       <c r="S87" s="17"/>
     </row>
@@ -5851,70 +6070,70 @@
       <c r="D88" s="5"/>
       <c r="E88" s="5"/>
       <c r="F88" s="5"/>
       <c r="G88" s="5"/>
       <c r="H88" s="5"/>
       <c r="I88" s="5"/>
       <c r="J88" s="5"/>
       <c r="K88" s="5"/>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="5"/>
       <c r="B89" s="5"/>
       <c r="C89" s="5"/>
       <c r="D89" s="5"/>
       <c r="E89" s="5"/>
       <c r="F89" s="5"/>
       <c r="G89" s="5"/>
       <c r="H89" s="5"/>
       <c r="I89" s="5"/>
       <c r="J89" s="5"/>
       <c r="K89" s="5"/>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="22" t="s">
+      <c r="A90" s="23" t="s">
         <v>12</v>
       </c>
-      <c r="B90" s="22"/>
+      <c r="B90" s="23"/>
       <c r="C90" s="5"/>
       <c r="D90" s="5"/>
       <c r="E90" s="5"/>
       <c r="F90" s="5"/>
       <c r="G90" s="5"/>
       <c r="H90" s="5"/>
       <c r="I90" s="5"/>
       <c r="J90" s="5"/>
       <c r="K90" s="5"/>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B91" s="23">
+      <c r="B91" s="21">
         <v>2025</v>
       </c>
       <c r="C91" s="16">
         <v>2024</v>
       </c>
       <c r="D91" s="1">
         <v>2023</v>
       </c>
       <c r="E91" s="1">
         <v>2022</v>
       </c>
       <c r="F91" s="7">
         <v>2021</v>
       </c>
       <c r="G91" s="7">
         <v>2020</v>
       </c>
       <c r="H91" s="7">
         <v>2019</v>
       </c>
       <c r="I91" s="8">
         <v>2018</v>
       </c>
       <c r="J91" s="9">
         <v>2017</v>
@@ -6441,966 +6660,966 @@
       <c r="M100" s="12">
         <v>39630</v>
       </c>
       <c r="N100" s="12">
         <v>38890</v>
       </c>
       <c r="O100" s="12">
         <v>37630</v>
       </c>
       <c r="P100" s="12">
         <v>37010</v>
       </c>
       <c r="Q100" s="12">
         <v>37010</v>
       </c>
       <c r="R100" s="12">
         <v>35600</v>
       </c>
       <c r="S100" s="17"/>
     </row>
     <row r="101" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="9">
         <v>9</v>
       </c>
       <c r="B101" s="20">
-        <f>B100+5500</f>
+        <f t="shared" ref="B101:B116" si="19">B100+5500</f>
         <v>59650</v>
       </c>
       <c r="C101" s="18">
         <f>C100+5380</f>
         <v>58100</v>
       </c>
       <c r="D101" s="4">
         <f>D100+5140</f>
         <v>55700</v>
       </c>
       <c r="E101" s="4">
-        <f t="shared" ref="E101:E115" si="17">E100+4720</f>
+        <f t="shared" ref="E101:E115" si="20">E100+4720</f>
         <v>51350</v>
       </c>
       <c r="F101" s="4">
         <v>48600</v>
       </c>
       <c r="G101" s="4">
         <v>48600</v>
       </c>
       <c r="H101" s="10">
         <v>47850</v>
       </c>
       <c r="I101" s="11">
         <v>46700</v>
       </c>
       <c r="J101" s="12">
         <v>45500</v>
       </c>
       <c r="K101" s="12">
         <v>45500</v>
       </c>
       <c r="L101" s="12">
         <v>44150</v>
       </c>
       <c r="M101" s="12">
         <v>43650</v>
       </c>
       <c r="N101" s="12">
         <v>42850</v>
       </c>
       <c r="O101" s="12">
         <v>41450</v>
       </c>
       <c r="P101" s="12">
         <v>40750</v>
       </c>
       <c r="Q101" s="12">
         <v>40750</v>
       </c>
       <c r="R101" s="12">
         <v>39200</v>
       </c>
       <c r="S101" s="17"/>
     </row>
     <row r="102" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="9">
         <v>10</v>
       </c>
       <c r="B102" s="20">
-        <f>B101+5500</f>
+        <f t="shared" si="19"/>
         <v>65150</v>
       </c>
       <c r="C102" s="18">
-        <f t="shared" ref="C102:C115" si="18">C101+5380</f>
+        <f t="shared" ref="C102:C115" si="21">C101+5380</f>
         <v>63480</v>
       </c>
       <c r="D102" s="4">
-        <f t="shared" ref="D102:D115" si="19">D101+5140</f>
+        <f t="shared" ref="D102:D115" si="22">D101+5140</f>
         <v>60840</v>
       </c>
       <c r="E102" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>56070</v>
       </c>
       <c r="F102" s="4">
         <v>53080</v>
       </c>
       <c r="G102" s="4">
         <v>53080</v>
       </c>
       <c r="H102" s="10">
         <v>52270</v>
       </c>
       <c r="I102" s="11">
         <v>51020</v>
       </c>
       <c r="J102" s="12">
         <v>49680</v>
       </c>
       <c r="K102" s="12">
         <v>49680</v>
       </c>
       <c r="L102" s="12">
         <v>48210</v>
       </c>
       <c r="M102" s="12">
         <v>47670</v>
       </c>
       <c r="N102" s="12">
         <v>46810</v>
       </c>
       <c r="O102" s="12">
         <v>45270</v>
       </c>
       <c r="P102" s="12">
         <v>44490</v>
       </c>
       <c r="Q102" s="12">
         <v>44490</v>
       </c>
       <c r="R102" s="12">
         <v>42800</v>
       </c>
       <c r="S102" s="17"/>
     </row>
     <row r="103" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="9">
         <v>11</v>
       </c>
       <c r="B103" s="20">
-        <f>B102+5500</f>
+        <f t="shared" si="19"/>
         <v>70650</v>
       </c>
       <c r="C103" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>68860</v>
       </c>
       <c r="D103" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>65980</v>
       </c>
       <c r="E103" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>60790</v>
       </c>
       <c r="F103" s="4">
         <v>57560</v>
       </c>
       <c r="G103" s="4">
         <v>57560</v>
       </c>
       <c r="H103" s="10">
         <v>56690</v>
       </c>
       <c r="I103" s="11">
         <v>55340</v>
       </c>
       <c r="J103" s="12">
         <v>53860</v>
       </c>
       <c r="K103" s="12">
         <v>53860</v>
       </c>
       <c r="L103" s="12">
         <v>52270</v>
       </c>
       <c r="M103" s="12">
         <v>51690</v>
       </c>
       <c r="N103" s="12">
         <v>50770</v>
       </c>
       <c r="O103" s="12">
         <v>49090</v>
       </c>
       <c r="P103" s="12">
         <v>48230</v>
       </c>
       <c r="Q103" s="12">
         <v>48230</v>
       </c>
       <c r="R103" s="12">
         <v>46400</v>
       </c>
       <c r="S103" s="17"/>
     </row>
     <row r="104" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="9">
         <v>12</v>
       </c>
       <c r="B104" s="20">
-        <f>B103+5500</f>
+        <f t="shared" si="19"/>
         <v>76150</v>
       </c>
       <c r="C104" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>74240</v>
       </c>
       <c r="D104" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>71120</v>
       </c>
       <c r="E104" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>65510</v>
       </c>
       <c r="F104" s="4">
         <v>62040</v>
       </c>
       <c r="G104" s="4">
         <v>62040</v>
       </c>
       <c r="H104" s="10">
         <v>61110</v>
       </c>
       <c r="I104" s="11">
         <v>59660</v>
       </c>
       <c r="J104" s="12">
         <v>58040</v>
       </c>
       <c r="K104" s="12">
         <v>58040</v>
       </c>
       <c r="L104" s="12">
         <v>56330</v>
       </c>
       <c r="M104" s="12">
         <v>55710</v>
       </c>
       <c r="N104" s="12">
         <v>54730</v>
       </c>
       <c r="O104" s="12">
         <v>52910</v>
       </c>
       <c r="P104" s="12">
         <v>51970</v>
       </c>
       <c r="Q104" s="12">
         <v>51970</v>
       </c>
       <c r="R104" s="12">
         <v>50000</v>
       </c>
       <c r="S104" s="17"/>
     </row>
     <row r="105" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="9">
         <v>13</v>
       </c>
       <c r="B105" s="20">
-        <f>B104+5500</f>
+        <f t="shared" si="19"/>
         <v>81650</v>
       </c>
       <c r="C105" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>79620</v>
       </c>
       <c r="D105" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>76260</v>
       </c>
       <c r="E105" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>70230</v>
       </c>
       <c r="F105" s="4">
         <v>66520</v>
       </c>
       <c r="G105" s="4">
         <v>66520</v>
       </c>
       <c r="H105" s="10">
         <v>65530</v>
       </c>
       <c r="I105" s="11">
         <v>63980</v>
       </c>
       <c r="J105" s="12">
         <v>62220</v>
       </c>
       <c r="K105" s="12">
         <v>62220</v>
       </c>
       <c r="L105" s="12">
         <v>60390</v>
       </c>
       <c r="M105" s="12">
         <v>59730</v>
       </c>
       <c r="N105" s="12">
         <v>58690</v>
       </c>
       <c r="O105" s="12">
         <v>56730</v>
       </c>
       <c r="P105" s="12">
         <v>55710</v>
       </c>
       <c r="Q105" s="12">
         <v>55710</v>
       </c>
       <c r="R105" s="12">
         <v>53600</v>
       </c>
       <c r="S105" s="17"/>
     </row>
     <row r="106" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="9">
         <v>14</v>
       </c>
       <c r="B106" s="20">
-        <f>B105+5500</f>
+        <f t="shared" si="19"/>
         <v>87150</v>
       </c>
       <c r="C106" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>85000</v>
       </c>
       <c r="D106" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>81400</v>
       </c>
       <c r="E106" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>74950</v>
       </c>
       <c r="F106" s="4">
         <v>71000</v>
       </c>
       <c r="G106" s="4">
         <v>71000</v>
       </c>
       <c r="H106" s="10">
         <v>69950</v>
       </c>
       <c r="I106" s="11">
         <v>68300</v>
       </c>
       <c r="J106" s="12">
         <v>66400</v>
       </c>
       <c r="K106" s="12">
         <v>66400</v>
       </c>
       <c r="L106" s="12">
         <v>64450</v>
       </c>
       <c r="M106" s="12">
         <v>63750</v>
       </c>
       <c r="N106" s="12">
         <v>62650</v>
       </c>
       <c r="O106" s="12">
         <v>60550</v>
       </c>
       <c r="P106" s="12">
         <v>59450</v>
       </c>
       <c r="Q106" s="12">
         <v>59450</v>
       </c>
       <c r="R106" s="12">
         <v>57200</v>
       </c>
       <c r="S106" s="17"/>
     </row>
     <row r="107" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="9">
         <v>15</v>
       </c>
       <c r="B107" s="20">
-        <f>B106+5500</f>
+        <f t="shared" si="19"/>
         <v>92650</v>
       </c>
       <c r="C107" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>90380</v>
       </c>
       <c r="D107" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>86540</v>
       </c>
       <c r="E107" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>79670</v>
       </c>
       <c r="F107" s="4">
         <v>75480</v>
       </c>
       <c r="G107" s="4">
         <v>75480</v>
       </c>
       <c r="H107" s="10">
         <v>74370</v>
       </c>
       <c r="I107" s="11">
         <v>72620</v>
       </c>
       <c r="J107" s="12">
         <v>70580</v>
       </c>
       <c r="K107" s="12">
         <v>70580</v>
       </c>
       <c r="L107" s="12">
         <v>68510</v>
       </c>
       <c r="M107" s="12">
         <v>67770</v>
       </c>
       <c r="N107" s="12">
         <v>66610</v>
       </c>
       <c r="O107" s="12">
         <v>64370</v>
       </c>
       <c r="P107" s="12">
         <v>63190</v>
       </c>
       <c r="Q107" s="12">
         <v>63190</v>
       </c>
       <c r="R107" s="12">
         <v>60800</v>
       </c>
       <c r="S107" s="17"/>
     </row>
     <row r="108" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="9">
         <v>16</v>
       </c>
       <c r="B108" s="20">
-        <f>B107+5500</f>
+        <f t="shared" si="19"/>
         <v>98150</v>
       </c>
       <c r="C108" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>95760</v>
       </c>
       <c r="D108" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>91680</v>
       </c>
       <c r="E108" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>84390</v>
       </c>
       <c r="F108" s="4">
         <v>79960</v>
       </c>
       <c r="G108" s="4">
         <v>79960</v>
       </c>
       <c r="H108" s="10">
         <v>78790</v>
       </c>
       <c r="I108" s="11">
         <v>76940</v>
       </c>
       <c r="J108" s="12">
         <v>74760</v>
       </c>
       <c r="K108" s="12">
         <v>74760</v>
       </c>
       <c r="L108" s="12">
         <v>72570</v>
       </c>
       <c r="M108" s="12">
         <v>71790</v>
       </c>
       <c r="N108" s="12">
         <v>70570</v>
       </c>
       <c r="O108" s="12">
         <v>68190</v>
       </c>
       <c r="P108" s="12">
         <v>66930</v>
       </c>
       <c r="Q108" s="12">
         <v>66930</v>
       </c>
       <c r="R108" s="12">
         <v>64400</v>
       </c>
       <c r="S108" s="17"/>
     </row>
     <row r="109" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="9">
         <v>17</v>
       </c>
       <c r="B109" s="20">
-        <f>B108+5500</f>
+        <f t="shared" si="19"/>
         <v>103650</v>
       </c>
       <c r="C109" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>101140</v>
       </c>
       <c r="D109" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>96820</v>
       </c>
       <c r="E109" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>89110</v>
       </c>
       <c r="F109" s="4">
         <v>84440</v>
       </c>
       <c r="G109" s="4">
         <v>84440</v>
       </c>
       <c r="H109" s="10">
         <v>83210</v>
       </c>
       <c r="I109" s="11">
         <v>81260</v>
       </c>
       <c r="J109" s="12">
         <v>78940</v>
       </c>
       <c r="K109" s="12">
         <v>78940</v>
       </c>
       <c r="L109" s="12">
         <v>76630</v>
       </c>
       <c r="M109" s="12">
         <v>75810</v>
       </c>
       <c r="N109" s="12">
         <v>74530</v>
       </c>
       <c r="O109" s="12">
         <v>72010</v>
       </c>
       <c r="P109" s="12">
         <v>70670</v>
       </c>
       <c r="Q109" s="12">
         <v>70670</v>
       </c>
       <c r="R109" s="12">
         <v>68000</v>
       </c>
       <c r="S109" s="17"/>
     </row>
     <row r="110" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="9">
         <v>18</v>
       </c>
       <c r="B110" s="20">
-        <f>B109+5500</f>
+        <f t="shared" si="19"/>
         <v>109150</v>
       </c>
       <c r="C110" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>106520</v>
       </c>
       <c r="D110" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>101960</v>
       </c>
       <c r="E110" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>93830</v>
       </c>
       <c r="F110" s="4">
         <v>88920</v>
       </c>
       <c r="G110" s="4">
         <v>88920</v>
       </c>
       <c r="H110" s="10">
         <v>87630</v>
       </c>
       <c r="I110" s="11">
         <v>85580</v>
       </c>
       <c r="J110" s="12">
         <v>83120</v>
       </c>
       <c r="K110" s="12">
         <v>83120</v>
       </c>
       <c r="L110" s="12">
         <v>80690</v>
       </c>
       <c r="M110" s="12">
         <v>79830</v>
       </c>
       <c r="N110" s="12">
         <v>78490</v>
       </c>
       <c r="O110" s="12">
         <v>75830</v>
       </c>
       <c r="P110" s="12">
         <v>74410</v>
       </c>
       <c r="Q110" s="12">
         <v>74410</v>
       </c>
       <c r="R110" s="12">
         <v>71600</v>
       </c>
       <c r="S110" s="17"/>
     </row>
     <row r="111" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="9">
         <v>19</v>
       </c>
       <c r="B111" s="20">
-        <f>B110+5500</f>
+        <f t="shared" si="19"/>
         <v>114650</v>
       </c>
       <c r="C111" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>111900</v>
       </c>
       <c r="D111" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>107100</v>
       </c>
       <c r="E111" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>98550</v>
       </c>
       <c r="F111" s="4">
         <v>93400</v>
       </c>
       <c r="G111" s="4">
         <v>93400</v>
       </c>
       <c r="H111" s="10">
         <v>92050</v>
       </c>
       <c r="I111" s="11">
         <v>89900</v>
       </c>
       <c r="J111" s="12">
         <v>87300</v>
       </c>
       <c r="K111" s="12">
         <v>87300</v>
       </c>
       <c r="L111" s="12">
         <v>84750</v>
       </c>
       <c r="M111" s="12">
         <v>83850</v>
       </c>
       <c r="N111" s="12">
         <v>82450</v>
       </c>
       <c r="O111" s="12">
         <v>79650</v>
       </c>
       <c r="P111" s="12">
         <v>78150</v>
       </c>
       <c r="Q111" s="12">
         <v>78150</v>
       </c>
       <c r="R111" s="12">
         <v>75200</v>
       </c>
       <c r="S111" s="17"/>
     </row>
     <row r="112" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="9">
         <v>20</v>
       </c>
       <c r="B112" s="20">
-        <f>B111+5500</f>
+        <f t="shared" si="19"/>
         <v>120150</v>
       </c>
       <c r="C112" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>117280</v>
       </c>
       <c r="D112" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>112240</v>
       </c>
       <c r="E112" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>103270</v>
       </c>
       <c r="F112" s="4">
         <v>97880</v>
       </c>
       <c r="G112" s="4">
         <v>97880</v>
       </c>
       <c r="H112" s="10">
         <v>96470</v>
       </c>
       <c r="I112" s="11">
         <v>94220</v>
       </c>
       <c r="J112" s="12">
         <v>91480</v>
       </c>
       <c r="K112" s="12">
         <v>91480</v>
       </c>
       <c r="L112" s="12">
         <v>88810</v>
       </c>
       <c r="M112" s="12">
         <v>87870</v>
       </c>
       <c r="N112" s="12">
         <v>86410</v>
       </c>
       <c r="O112" s="12">
         <v>83470</v>
       </c>
       <c r="P112" s="12">
         <v>81890</v>
       </c>
       <c r="Q112" s="12">
         <v>81890</v>
       </c>
       <c r="R112" s="12">
         <v>78800</v>
       </c>
       <c r="S112" s="17"/>
     </row>
     <row r="113" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="9">
         <v>21</v>
       </c>
       <c r="B113" s="20">
-        <f>B112+5500</f>
+        <f t="shared" si="19"/>
         <v>125650</v>
       </c>
       <c r="C113" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>122660</v>
       </c>
       <c r="D113" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>117380</v>
       </c>
       <c r="E113" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>107990</v>
       </c>
       <c r="F113" s="4">
         <v>102360</v>
       </c>
       <c r="G113" s="4">
         <v>102360</v>
       </c>
       <c r="H113" s="10">
         <v>100890</v>
       </c>
       <c r="I113" s="11">
         <v>98540</v>
       </c>
       <c r="J113" s="12">
         <v>95660</v>
       </c>
       <c r="K113" s="12">
         <v>95660</v>
       </c>
       <c r="L113" s="12">
         <v>92870</v>
       </c>
       <c r="M113" s="12">
         <v>91890</v>
       </c>
       <c r="N113" s="12">
         <v>90370</v>
       </c>
       <c r="O113" s="12">
         <v>87290</v>
       </c>
       <c r="P113" s="12">
         <v>85630</v>
       </c>
       <c r="Q113" s="12">
         <v>85630</v>
       </c>
       <c r="R113" s="12">
         <v>82400</v>
       </c>
       <c r="S113" s="17"/>
     </row>
     <row r="114" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="9">
         <v>22</v>
       </c>
       <c r="B114" s="20">
-        <f>B113+5500</f>
+        <f t="shared" si="19"/>
         <v>131150</v>
       </c>
       <c r="C114" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>128040</v>
       </c>
       <c r="D114" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>122520</v>
       </c>
       <c r="E114" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>112710</v>
       </c>
       <c r="F114" s="4">
         <v>106840</v>
       </c>
       <c r="G114" s="4">
         <v>106840</v>
       </c>
       <c r="H114" s="10">
         <v>105310</v>
       </c>
       <c r="I114" s="11">
         <v>102860</v>
       </c>
       <c r="J114" s="12">
         <v>99840</v>
       </c>
       <c r="K114" s="12">
         <v>99840</v>
       </c>
       <c r="L114" s="12">
         <v>96930</v>
       </c>
       <c r="M114" s="12">
         <v>95910</v>
       </c>
       <c r="N114" s="12">
         <v>94330</v>
       </c>
       <c r="O114" s="12">
         <v>91110</v>
       </c>
       <c r="P114" s="12">
         <v>89370</v>
       </c>
       <c r="Q114" s="12">
         <v>89370</v>
       </c>
       <c r="R114" s="12">
         <v>86000</v>
       </c>
       <c r="S114" s="17"/>
     </row>
     <row r="115" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="9">
         <v>23</v>
       </c>
       <c r="B115" s="20">
-        <f>B114+5500</f>
+        <f t="shared" si="19"/>
         <v>136650</v>
       </c>
       <c r="C115" s="18">
-        <f t="shared" si="18"/>
+        <f t="shared" si="21"/>
         <v>133420</v>
       </c>
       <c r="D115" s="4">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>127660</v>
       </c>
       <c r="E115" s="4">
-        <f t="shared" si="17"/>
+        <f t="shared" si="20"/>
         <v>117430</v>
       </c>
       <c r="F115" s="4">
         <v>111320</v>
       </c>
       <c r="G115" s="4">
         <v>111320</v>
       </c>
       <c r="H115" s="10">
         <v>109730</v>
       </c>
       <c r="I115" s="11">
         <v>107180</v>
       </c>
       <c r="J115" s="12">
         <v>104020</v>
       </c>
       <c r="K115" s="12">
         <v>104020</v>
       </c>
       <c r="L115" s="12">
         <v>100990</v>
       </c>
       <c r="M115" s="12">
         <v>99930</v>
       </c>
       <c r="N115" s="12">
         <v>98290</v>
       </c>
       <c r="O115" s="12">
         <v>94930</v>
       </c>
       <c r="P115" s="12">
         <v>93110</v>
       </c>
       <c r="Q115" s="12">
         <v>93110</v>
       </c>
       <c r="R115" s="12">
         <v>89600</v>
       </c>
       <c r="S115" s="17"/>
     </row>
     <row r="116" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A116" s="5">
         <v>24</v>
       </c>
       <c r="B116" s="20">
-        <f>B115+5500</f>
+        <f t="shared" si="19"/>
         <v>142150</v>
       </c>
       <c r="C116" s="4">
         <f>D115+5140</f>
         <v>132800</v>
       </c>
       <c r="D116" s="4">
         <f>E115+4720</f>
         <v>122150</v>
       </c>
       <c r="E116" s="4">
         <v>115800</v>
       </c>
       <c r="F116" s="4">
         <v>115800</v>
       </c>
       <c r="G116" s="10">
         <v>114150</v>
       </c>
       <c r="H116" s="11">
         <v>111500</v>
       </c>
       <c r="I116" s="5"/>
       <c r="J116" s="5"/>
       <c r="K116" s="5"/>